--- v0 (2025-10-31)
+++ v1 (2026-01-10)
@@ -1,35 +1,33 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp4.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp5.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp6.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp7.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp8.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp9.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp10.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp11.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp12.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp13.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp14.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp15.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp16.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
@@ -203,69 +201,71 @@
   <Override PartName="/xl/ctrlProps/ctrlProp184.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp185.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp186.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp187.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp188.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp189.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp190.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp191.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp192.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp193.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp194.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp195.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp196.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp197.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp198.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp199.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp200.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp201.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp202.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp203.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp204.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp205.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp206.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp207.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28816"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\BoxDrive\Box\#03.組織内_03_ビジネスプロセスマネジメント部\30.オーダーサービス\申請書\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Yuko_Sakurai\Desktop\DSS V5関連\修正ドキュメント\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BC6B57B2-D62A-46D1-88A1-4A6BC2028E5A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FC272135-7B9E-4184-8443-6C07F920CF7F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="225" windowWidth="13515" windowHeight="15255" xr2:uid="{B4FC90DA-CE35-410A-9532-C2CE0F3B33A2}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{B4FC90DA-CE35-410A-9532-C2CE0F3B33A2}"/>
   </bookViews>
   <sheets>
     <sheet name="申請情報" sheetId="11" r:id="rId1"/>
     <sheet name="シリアル一覧" sheetId="9" r:id="rId2"/>
     <sheet name="GS申請書" sheetId="10" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="2">GS申請書!$A$1:$AG$82</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">シリアル一覧!$A$1:$I$57</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">申請情報!$A$1:$AG$105</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
@@ -343,60 +343,61 @@
           </rPr>
           <t>：技術サポート更新をするシリアル
 ・</t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Meiryo UI"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>その他</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Meiryo UI"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>：待機系・開発系・クラスタ構成時の紐づけをするシリアル、
 　　　　　　オプションやアダプタを追加するシリアル、
-　　　　　　移行期間のシリアル、期間限定を延長するシリアル</t>
+　　　　　　移行期間のシリアル、期間限定を延長するシリアル、
+　　　　　　その他関連シリアル</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="195" uniqueCount="131">
   <si>
     <t>ライセンス申請書</t>
     <rPh sb="5" eb="8">
       <t>シンセイショ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>記入日</t>
     <rPh sb="0" eb="2">
       <t>キニュウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ビ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>年</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
@@ -902,76 +903,50 @@
     </rPh>
     <rPh sb="18" eb="20">
       <t>ドウイツ</t>
     </rPh>
     <rPh sb="20" eb="22">
       <t>チュウモン</t>
     </rPh>
     <rPh sb="23" eb="25">
       <t>バアイ</t>
     </rPh>
     <rPh sb="27" eb="30">
       <t>ノウヒンビ</t>
     </rPh>
     <rPh sb="30" eb="32">
       <t>セイキュウ</t>
     </rPh>
     <rPh sb="35" eb="37">
       <t>センタク</t>
     </rPh>
     <rPh sb="38" eb="40">
       <t>ムコウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>バージョン指定が必要な製品の場合はご記載ください。</t>
-[...24 lines deleted...]
-  <si>
     <t>ご注文製品がDataSpider、HULFT-WebFileTransfer(HULFT-WebFT)の場合はご利用OSを選択してください。</t>
     <rPh sb="1" eb="3">
       <t>チュウモン</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>セイヒン</t>
     </rPh>
     <rPh sb="52" eb="54">
       <t>バアイ</t>
     </rPh>
     <rPh sb="56" eb="58">
       <t>リヨウ</t>
     </rPh>
     <rPh sb="61" eb="63">
       <t>センタク</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>ご利用OS</t>
     <rPh sb="1" eb="3">
       <t>リヨウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
@@ -1204,69 +1179,50 @@
     <rPh sb="4" eb="5">
       <t>ケイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>本番系となるライセンスのシリアルナンバー</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>をご記入ください。</t>
     </r>
-    <phoneticPr fontId="2"/>
-[...17 lines deleted...]
-    </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>対象製品のシリアルナンバー</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>と</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
@@ -1706,93 +1662,50 @@
     <rPh sb="0" eb="2">
       <t>セイヒン</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>バアイ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>期間指定がある場合必須</t>
     <rPh sb="0" eb="2">
       <t>キカン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>シテイ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>バアイ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ヒッス</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>　※保守更新時はシリアルナンバーを記載
-[...41 lines deleted...]
-  <si>
     <t>新規/更新/その他</t>
     <rPh sb="0" eb="2">
       <t>シンキ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>コウシン</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>タ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>指定レベル
 (例)10.2 等</t>
     <rPh sb="0" eb="2">
       <t>シテイ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>レイ</t>
     </rPh>
     <rPh sb="14" eb="15">
       <t>トウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
@@ -2218,59 +2131,243 @@
       <t>メイショウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>サービス概要</t>
     <rPh sb="4" eb="6">
       <t>ガイヨウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>20220310</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>エンドユーザ情報と同じ</t>
     <rPh sb="6" eb="8">
       <t>ジョウホウ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>オナ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
+  <si>
+    <t>　※保守更新時はシリアルナンバーを記載
+　※ライセンス追加購入時は関連シリアルを記載
+　※技術サポートのみ購入またはライセンスと同時購入時、
+　　「新規購入」と記載</t>
+    <rPh sb="27" eb="29">
+      <t>ツイカ</t>
+    </rPh>
+    <rPh sb="29" eb="31">
+      <t>コウニュウ</t>
+    </rPh>
+    <rPh sb="31" eb="32">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="33" eb="35">
+      <t>カンレン</t>
+    </rPh>
+    <rPh sb="40" eb="42">
+      <t>キサイ</t>
+    </rPh>
+    <rPh sb="45" eb="47">
+      <t>ギジュツ</t>
+    </rPh>
+    <rPh sb="53" eb="55">
+      <t>コウニュウ</t>
+    </rPh>
+    <rPh sb="64" eb="66">
+      <t>ドウジ</t>
+    </rPh>
+    <rPh sb="66" eb="68">
+      <t>コウニュウ</t>
+    </rPh>
+    <rPh sb="68" eb="69">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="74" eb="76">
+      <t>シンキ</t>
+    </rPh>
+    <rPh sb="76" eb="78">
+      <t>コウニュウ</t>
+    </rPh>
+    <rPh sb="80" eb="82">
+      <t>キサイ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>D.期間限定ライセンス・移行期間ライセンス・HULFT-WebConnect等の期間指定が必要な製品を購入する</t>
+    <rPh sb="38" eb="39">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="40" eb="42">
+      <t>キカン</t>
+    </rPh>
+    <rPh sb="42" eb="44">
+      <t>シテイ</t>
+    </rPh>
+    <rPh sb="45" eb="47">
+      <t>ヒツヨウ</t>
+    </rPh>
+    <rPh sb="48" eb="50">
+      <t>セイヒン</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>C.DataSpider、WebConnectの追加購入をする</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>関連シリアルナンバー</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>をご記入ください。</t>
+    </r>
+    <rPh sb="0" eb="2">
+      <t>カンレン</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>　メールアドレスの複数指定は不可</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>ご注文製品にDataSpider 追加開発クライアントが含まれる場合は追加先となるサーバを選択してください。</t>
+    <rPh sb="1" eb="3">
+      <t>チュウモン</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>セイヒン</t>
+    </rPh>
+    <rPh sb="17" eb="19">
+      <t>ツイカ</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>カイハツ</t>
+    </rPh>
+    <rPh sb="28" eb="29">
+      <t>フク</t>
+    </rPh>
+    <rPh sb="32" eb="34">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="35" eb="38">
+      <t>ツイカサキ</t>
+    </rPh>
+    <rPh sb="45" eb="47">
+      <t>センタク</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>追加先サーバ</t>
+    <rPh sb="0" eb="3">
+      <t>ツイカサキ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>※Ver.5以降：本番開発問わず固有の1サーバのみで使用可能／Ver.4以下：本番サーバを指定してください(開発サーバでも共用可能となります)</t>
+    <rPh sb="6" eb="8">
+      <t>イコウ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>ホンバン</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>カイハツ</t>
+    </rPh>
+    <rPh sb="13" eb="14">
+      <t>ト</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>コユウ</t>
+    </rPh>
+    <rPh sb="26" eb="28">
+      <t>シヨウ</t>
+    </rPh>
+    <rPh sb="28" eb="30">
+      <t>カノウ</t>
+    </rPh>
+    <rPh sb="36" eb="38">
+      <t>イカ</t>
+    </rPh>
+    <rPh sb="39" eb="41">
+      <t>ホンバン</t>
+    </rPh>
+    <rPh sb="45" eb="47">
+      <t>シテイ</t>
+    </rPh>
+    <rPh sb="54" eb="56">
+      <t>カイハツ</t>
+    </rPh>
+    <rPh sb="61" eb="63">
+      <t>キョウヨウ</t>
+    </rPh>
+    <rPh sb="63" eb="65">
+      <t>カノウ</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>シリアルナンバー</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>→</t>
+    <phoneticPr fontId="2"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[&lt;=999]000;[&lt;=9999]000\-00;000\-0000"/>
   </numFmts>
-  <fonts count="66">
+  <fonts count="68" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FFFF6600"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
@@ -2692,50 +2789,64 @@
     </font>
     <font>
       <sz val="8"/>
       <color theme="0" tint="-0.34998626667073579"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0" tint="-0.34998626667073579"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <color theme="0" tint="-0.34998626667073579"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="0" tint="-0.249977111117893"/>
+      <name val="Meiryo UI"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="MS UI Gothic"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="17">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -3589,51 +3700,51 @@
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="362">
+  <cellXfs count="365">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="1" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -4400,59 +4511,50 @@
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="58" fillId="14" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="57" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="57" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="57" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="41" fillId="11" borderId="64" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="49" fontId="41" fillId="11" borderId="65" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="61" fillId="11" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="61" fillId="11" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="61" fillId="11" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="18" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="57" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="57" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="57" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="57" fillId="11" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -4772,50 +4874,71 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="38" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="38" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="38" fillId="0" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="6" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="6" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="6" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="16" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="42" fillId="3" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="14">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="1" tint="0.499984740745262"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="1" tint="0.499984740745262"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="1" tint="0.499984740745262"/>
         </patternFill>
@@ -24756,91 +24879,91 @@
         <a:bodyPr vertOverflow="clip" wrap="square" lIns="27432" tIns="18288" rIns="0" bIns="0" anchor="t" upright="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l" rtl="0">
             <a:lnSpc>
               <a:spcPts val="1300"/>
             </a:lnSpc>
             <a:defRPr sz="1000"/>
           </a:pPr>
           <a:endParaRPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
             <a:solidFill>
               <a:srgbClr val="000000"/>
             </a:solidFill>
             <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData fPrintsWithSheet="0"/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -24902,51 +25025,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -25044,3370 +25167,3619 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp9.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp8.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp123.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp27.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp48.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp69.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp90.xml"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp144.xml"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp165.xml"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp176.xml"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp197.xml"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp113.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp17.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp38.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp59.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp80.xml"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp134.xml"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp155.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp11.xml"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp101.xml"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp166.xml"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp187.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp28.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp49.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp70.xml"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp124.xml"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp145.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp91.xml"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp156.xml"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp177.xml"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp198.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp18.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp39.xml"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp114.xml"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp135.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp60.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp81.xml"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp102.xml"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp146.xml"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp167.xml"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp188.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp12.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp29.xml"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp125.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp50.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp71.xml"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp92.xml"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp136.xml"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp157.xml"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp178.xml"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp199.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp19.xml"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp115.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp40.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp61.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp82.xml"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp103.xml"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp126.xml"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp147.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp13.xml"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp168.xml"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp189.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp35.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp30.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp46.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp51.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp72.xml"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp93.xml"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp116.xml"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp121.xml"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp137.xml"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp142.xml"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp163.xml"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp184.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp67.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp88.xml"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp158.xml"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp179.xml"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp200.xml"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp205.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp25.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp20.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp36.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp41.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp62.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp83.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp106.xml"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp111.xml"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp132.xml"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp153.xml"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp174.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp14.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp57.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp78.xml"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp99.xml"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp104.xml"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp127.xml"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp148.xml"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp169.xml"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp190.xml"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp195.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp31.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp52.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp73.xml"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp122.xml"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp143.xml"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp164.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp26.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp47.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp68.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp89.xml"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp94.xml"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp117.xml"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp138.xml"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp159.xml"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp180.xml"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp185.xml"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp201.xml"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp196.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp21.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp42.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp63.xml"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp112.xml"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp133.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp16.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp37.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp58.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp79.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp84.xml"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp100.xml"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp105.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp107.xml"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp128.xml"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp149.xml"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp154.xml"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp170.xml"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp175.xml"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp191.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp10.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp15.xml"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp186.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp32.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp53.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp74.xml"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp95.xml"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp118.xml"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp139.xml"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp160.xml"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp181.xml"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp202.xml"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp206.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp22.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp43.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp64.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp85.xml"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp108.xml"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp129.xml"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp150.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp96.xml"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp171.xml"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp192.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp33.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp54.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp75.xml"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp119.xml"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp140.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp86.xml"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp161.xml"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp182.xml"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp203.xml"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp207.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp23.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp44.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp65.xml"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp109.xml"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp130.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp76.xml"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp97.xml"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp151.xml"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp172.xml"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp193.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp34.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp55.xml"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp120.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp66.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp87.xml"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp141.xml"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp162.xml"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp183.xml"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp204.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp24.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp45.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp56.xml"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp110.xml"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp131.xml"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp152.xml"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp173.xml"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp194.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp77.xml"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp98.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DC896B06-C3E5-4202-8B87-78D162B15577}">
   <dimension ref="A1:AK125"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="Y1" sqref="Y1:AB1"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="118" zoomScaleNormal="100" zoomScaleSheetLayoutView="118" workbookViewId="0">
+      <selection activeCell="G10" sqref="G10:S10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="3.140625" defaultRowHeight="12"/>
+  <sheetFormatPr defaultColWidth="3.125" defaultRowHeight="12" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="0.85546875" style="2" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="12" max="16384" width="3.140625" style="2"/>
+    <col min="1" max="1" width="0.875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="2.625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="0.375" style="2" customWidth="1"/>
+    <col min="4" max="4" width="3.125" style="2" customWidth="1"/>
+    <col min="5" max="6" width="3.125" style="2"/>
+    <col min="7" max="8" width="3.125" style="2" customWidth="1"/>
+    <col min="9" max="9" width="4.125" style="2" customWidth="1"/>
+    <col min="10" max="10" width="2.375" style="2" customWidth="1"/>
+    <col min="11" max="11" width="3.125" style="2" customWidth="1"/>
+    <col min="12" max="16384" width="3.125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:33" ht="18.75" customHeight="1" thickBot="1">
+    <row r="1" spans="2:33" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="4"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="5"/>
       <c r="X1" s="6" t="s">
         <v>1</v>
       </c>
       <c r="Y1" s="177"/>
       <c r="Z1" s="178"/>
       <c r="AA1" s="178"/>
       <c r="AB1" s="179"/>
       <c r="AC1" s="7" t="s">
         <v>2</v>
       </c>
       <c r="AD1" s="8"/>
       <c r="AE1" s="7" t="s">
         <v>3</v>
       </c>
       <c r="AF1" s="8"/>
       <c r="AG1" s="9" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="2:33" ht="39" customHeight="1">
+    <row r="2" spans="2:33" ht="39" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B2" s="180" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="181"/>
       <c r="D2" s="181"/>
       <c r="E2" s="181"/>
       <c r="F2" s="181"/>
       <c r="G2" s="181"/>
       <c r="H2" s="181"/>
       <c r="I2" s="181"/>
       <c r="J2" s="181"/>
       <c r="K2" s="181"/>
       <c r="L2" s="181"/>
       <c r="M2" s="181"/>
       <c r="N2" s="181"/>
       <c r="O2" s="181"/>
       <c r="P2" s="181"/>
       <c r="Q2" s="181"/>
       <c r="R2" s="181"/>
       <c r="S2" s="181"/>
       <c r="T2" s="181"/>
       <c r="U2" s="181"/>
       <c r="V2" s="181"/>
       <c r="W2" s="181"/>
       <c r="X2" s="181"/>
       <c r="Y2" s="181"/>
       <c r="Z2" s="181"/>
       <c r="AA2" s="181"/>
       <c r="AB2" s="181"/>
       <c r="AC2" s="181"/>
       <c r="AD2" s="181"/>
       <c r="AE2" s="181"/>
       <c r="AF2" s="181"/>
       <c r="AG2" s="181"/>
     </row>
-    <row r="3" spans="2:33" ht="14.25">
+    <row r="3" spans="2:33" ht="14.25" x14ac:dyDescent="0.15">
       <c r="B3" s="182" t="s">
         <v>6</v>
       </c>
       <c r="C3" s="182"/>
       <c r="D3" s="183" t="s">
         <v>7</v>
       </c>
       <c r="E3" s="183"/>
       <c r="F3" s="183"/>
       <c r="G3" s="183"/>
       <c r="H3" s="183"/>
       <c r="I3" s="183"/>
       <c r="J3" s="183"/>
       <c r="K3" s="183"/>
       <c r="L3" s="183"/>
       <c r="M3" s="183"/>
       <c r="N3" s="183"/>
       <c r="O3" s="183"/>
       <c r="P3" s="183"/>
       <c r="Q3" s="183"/>
       <c r="R3" s="183"/>
       <c r="S3" s="183"/>
       <c r="T3" s="183"/>
       <c r="U3" s="183"/>
       <c r="V3" s="183"/>
       <c r="W3" s="183"/>
       <c r="X3" s="183"/>
       <c r="Y3" s="183"/>
       <c r="Z3" s="183"/>
       <c r="AA3" s="183"/>
       <c r="AB3" s="183"/>
       <c r="AC3" s="183"/>
       <c r="AD3" s="183"/>
       <c r="AE3" s="183"/>
       <c r="AF3" s="183"/>
       <c r="AG3" s="183"/>
     </row>
-    <row r="4" spans="2:33" ht="38.25" customHeight="1">
+    <row r="4" spans="2:33" ht="38.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B4" s="182"/>
       <c r="C4" s="182"/>
       <c r="D4" s="66"/>
       <c r="E4" s="67"/>
       <c r="F4" s="184" t="s">
         <v>8</v>
       </c>
       <c r="G4" s="184"/>
       <c r="H4" s="184"/>
       <c r="I4" s="184"/>
       <c r="J4" s="184"/>
       <c r="K4" s="184"/>
       <c r="L4" s="184"/>
       <c r="M4" s="184"/>
       <c r="N4" s="184"/>
       <c r="O4" s="184"/>
       <c r="P4" s="184"/>
       <c r="Q4" s="184"/>
       <c r="R4" s="184"/>
       <c r="S4" s="184"/>
       <c r="T4" s="184"/>
       <c r="U4" s="184"/>
       <c r="V4" s="184"/>
       <c r="W4" s="184"/>
       <c r="X4" s="184"/>
       <c r="Y4" s="184"/>
       <c r="Z4" s="184"/>
       <c r="AA4" s="184"/>
       <c r="AB4" s="184"/>
       <c r="AC4" s="184"/>
       <c r="AD4" s="184"/>
       <c r="AE4" s="184"/>
       <c r="AF4" s="184"/>
       <c r="AG4" s="184"/>
     </row>
-    <row r="5" spans="2:33" ht="14.25">
+    <row r="5" spans="2:33" ht="14.25" x14ac:dyDescent="0.15">
       <c r="B5" s="182"/>
       <c r="C5" s="182"/>
       <c r="D5" s="183" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="183"/>
       <c r="F5" s="183"/>
       <c r="G5" s="183"/>
       <c r="H5" s="183"/>
       <c r="I5" s="183"/>
       <c r="J5" s="183"/>
       <c r="K5" s="183"/>
       <c r="L5" s="183"/>
       <c r="M5" s="183"/>
       <c r="N5" s="183"/>
       <c r="O5" s="183"/>
       <c r="P5" s="183"/>
       <c r="Q5" s="183"/>
       <c r="R5" s="183"/>
       <c r="S5" s="183"/>
       <c r="T5" s="183"/>
       <c r="U5" s="183"/>
       <c r="V5" s="183"/>
       <c r="W5" s="183"/>
       <c r="X5" s="183"/>
       <c r="Y5" s="183"/>
       <c r="Z5" s="183"/>
       <c r="AA5" s="183"/>
       <c r="AB5" s="183"/>
       <c r="AC5" s="183"/>
       <c r="AD5" s="183"/>
       <c r="AE5" s="183"/>
       <c r="AF5" s="183"/>
       <c r="AG5" s="183"/>
     </row>
-    <row r="6" spans="2:33" ht="18.75" customHeight="1">
+    <row r="6" spans="2:33" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6" s="182"/>
       <c r="C6" s="182"/>
       <c r="D6" s="66"/>
       <c r="E6" s="68"/>
       <c r="F6" s="184" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="184"/>
       <c r="H6" s="184"/>
       <c r="I6" s="184"/>
       <c r="J6" s="184"/>
       <c r="K6" s="184"/>
       <c r="L6" s="184"/>
       <c r="M6" s="184"/>
       <c r="N6" s="184"/>
       <c r="O6" s="184"/>
       <c r="P6" s="184"/>
       <c r="Q6" s="184"/>
       <c r="R6" s="184"/>
       <c r="S6" s="184"/>
       <c r="T6" s="184"/>
       <c r="U6" s="184"/>
       <c r="V6" s="184"/>
       <c r="W6" s="184"/>
       <c r="X6" s="184"/>
       <c r="Y6" s="184"/>
       <c r="Z6" s="184"/>
       <c r="AA6" s="184"/>
       <c r="AB6" s="184"/>
       <c r="AC6" s="184"/>
       <c r="AD6" s="184"/>
       <c r="AE6" s="184"/>
       <c r="AF6" s="184"/>
       <c r="AG6" s="184"/>
     </row>
-    <row r="7" spans="2:33" ht="39.75" customHeight="1">
+    <row r="7" spans="2:33" ht="39.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B7" s="180" t="s">
         <v>11</v>
       </c>
       <c r="C7" s="180"/>
       <c r="D7" s="180"/>
       <c r="E7" s="180"/>
       <c r="F7" s="180"/>
       <c r="G7" s="180"/>
       <c r="H7" s="180"/>
       <c r="I7" s="180"/>
       <c r="J7" s="180"/>
       <c r="K7" s="180"/>
       <c r="L7" s="180"/>
       <c r="M7" s="180"/>
       <c r="N7" s="180"/>
       <c r="O7" s="180"/>
       <c r="P7" s="180"/>
       <c r="Q7" s="180"/>
       <c r="R7" s="180"/>
       <c r="S7" s="180"/>
       <c r="T7" s="180" t="s">
         <v>12</v>
       </c>
       <c r="U7" s="180"/>
       <c r="V7" s="180"/>
       <c r="W7" s="180"/>
       <c r="X7" s="180"/>
       <c r="Y7" s="180"/>
       <c r="Z7" s="180"/>
       <c r="AA7" s="180"/>
       <c r="AB7" s="180"/>
       <c r="AC7" s="180"/>
       <c r="AD7" s="180"/>
       <c r="AE7" s="180"/>
       <c r="AF7" s="180"/>
       <c r="AG7" s="180"/>
     </row>
-    <row r="8" spans="2:33" ht="3" customHeight="1">
+    <row r="8" spans="2:33" ht="3" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B8" s="11"/>
       <c r="C8" s="12"/>
       <c r="D8" s="13"/>
       <c r="E8" s="14"/>
       <c r="F8" s="14"/>
       <c r="G8" s="14"/>
       <c r="H8" s="14"/>
       <c r="I8" s="14"/>
       <c r="J8" s="14"/>
       <c r="K8" s="14"/>
       <c r="L8" s="15"/>
       <c r="M8" s="14"/>
       <c r="N8" s="14"/>
       <c r="O8" s="14"/>
       <c r="P8" s="14"/>
       <c r="Q8" s="14"/>
       <c r="R8" s="14"/>
       <c r="S8" s="14"/>
       <c r="T8" s="14"/>
       <c r="U8" s="14"/>
       <c r="V8" s="14"/>
       <c r="W8" s="14"/>
       <c r="X8" s="14"/>
       <c r="Y8" s="14"/>
       <c r="Z8" s="14"/>
       <c r="AA8" s="14"/>
       <c r="AB8" s="14"/>
       <c r="AC8" s="14"/>
       <c r="AD8" s="14"/>
       <c r="AE8" s="14"/>
       <c r="AF8" s="14"/>
       <c r="AG8" s="14"/>
     </row>
-    <row r="9" spans="2:33" ht="15" customHeight="1" thickBot="1">
+    <row r="9" spans="2:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B9" s="176"/>
       <c r="D9" s="16" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="17"/>
       <c r="I9" s="17"/>
       <c r="J9" s="17"/>
       <c r="L9" s="17"/>
     </row>
-    <row r="10" spans="2:33" ht="18" customHeight="1">
+    <row r="10" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B10" s="176"/>
       <c r="D10" s="185" t="s">
         <v>14</v>
       </c>
       <c r="E10" s="186"/>
       <c r="F10" s="187"/>
       <c r="G10" s="188"/>
       <c r="H10" s="189"/>
       <c r="I10" s="189"/>
       <c r="J10" s="189"/>
       <c r="K10" s="189"/>
       <c r="L10" s="189"/>
       <c r="M10" s="189"/>
       <c r="N10" s="189"/>
       <c r="O10" s="189"/>
       <c r="P10" s="189"/>
       <c r="Q10" s="189"/>
       <c r="R10" s="189"/>
       <c r="S10" s="189"/>
       <c r="T10" s="190" t="s">
         <v>15</v>
       </c>
       <c r="U10" s="191"/>
       <c r="V10" s="192"/>
       <c r="W10" s="193"/>
       <c r="X10" s="193"/>
       <c r="Y10" s="193"/>
       <c r="Z10" s="193"/>
       <c r="AA10" s="193"/>
       <c r="AB10" s="193"/>
       <c r="AC10" s="193"/>
       <c r="AD10" s="193"/>
       <c r="AE10" s="193"/>
       <c r="AF10" s="193"/>
       <c r="AG10" s="194"/>
     </row>
-    <row r="11" spans="2:33" ht="18" customHeight="1">
+    <row r="11" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="176"/>
       <c r="D11" s="195" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="196"/>
       <c r="F11" s="197"/>
       <c r="G11" s="198" t="s">
         <v>17</v>
       </c>
       <c r="H11" s="199"/>
       <c r="I11" s="200"/>
       <c r="J11" s="201"/>
       <c r="K11" s="201"/>
       <c r="L11" s="207" t="s">
         <v>18</v>
       </c>
       <c r="M11" s="207"/>
       <c r="N11" s="207"/>
       <c r="O11" s="207"/>
       <c r="P11" s="207"/>
       <c r="Q11" s="207"/>
       <c r="R11" s="207"/>
       <c r="S11" s="207"/>
       <c r="T11" s="208" t="s">
         <v>19</v>
       </c>
       <c r="U11" s="209"/>
       <c r="V11" s="210"/>
       <c r="W11" s="211"/>
       <c r="X11" s="211"/>
       <c r="Y11" s="211"/>
       <c r="Z11" s="211"/>
       <c r="AA11" s="211"/>
       <c r="AB11" s="211"/>
       <c r="AC11" s="211"/>
       <c r="AD11" s="211"/>
       <c r="AE11" s="211"/>
       <c r="AF11" s="211"/>
       <c r="AG11" s="212"/>
     </row>
-    <row r="12" spans="2:33" ht="18" customHeight="1">
+    <row r="12" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B12" s="176"/>
       <c r="D12" s="195"/>
       <c r="E12" s="196"/>
       <c r="F12" s="197"/>
       <c r="G12" s="213"/>
       <c r="H12" s="214"/>
       <c r="I12" s="214"/>
       <c r="J12" s="214"/>
       <c r="K12" s="214"/>
       <c r="L12" s="214"/>
       <c r="M12" s="214"/>
       <c r="N12" s="214"/>
       <c r="O12" s="214"/>
       <c r="P12" s="214"/>
       <c r="Q12" s="214"/>
       <c r="R12" s="214"/>
       <c r="S12" s="214"/>
       <c r="T12" s="208" t="s">
         <v>20</v>
       </c>
       <c r="U12" s="209"/>
       <c r="V12" s="210"/>
       <c r="W12" s="218"/>
       <c r="X12" s="219"/>
       <c r="Y12" s="219"/>
       <c r="Z12" s="219"/>
       <c r="AA12" s="219"/>
       <c r="AB12" s="219"/>
       <c r="AC12" s="219"/>
       <c r="AD12" s="219"/>
       <c r="AE12" s="219"/>
       <c r="AF12" s="219"/>
       <c r="AG12" s="220"/>
     </row>
-    <row r="13" spans="2:33" ht="18" customHeight="1">
+    <row r="13" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B13" s="176"/>
       <c r="D13" s="195"/>
       <c r="E13" s="196"/>
       <c r="F13" s="197"/>
       <c r="G13" s="224" t="s">
         <v>21</v>
       </c>
       <c r="H13" s="225"/>
       <c r="I13" s="226"/>
       <c r="J13" s="227"/>
       <c r="K13" s="227"/>
       <c r="L13" s="227"/>
       <c r="M13" s="227"/>
       <c r="N13" s="227"/>
       <c r="O13" s="227"/>
       <c r="P13" s="227"/>
       <c r="Q13" s="227"/>
       <c r="R13" s="227"/>
       <c r="S13" s="228"/>
       <c r="T13" s="215"/>
       <c r="U13" s="216"/>
       <c r="V13" s="217"/>
       <c r="W13" s="221"/>
       <c r="X13" s="222"/>
       <c r="Y13" s="222"/>
       <c r="Z13" s="222"/>
       <c r="AA13" s="222"/>
       <c r="AB13" s="222"/>
       <c r="AC13" s="222"/>
       <c r="AD13" s="222"/>
       <c r="AE13" s="222"/>
       <c r="AF13" s="222"/>
       <c r="AG13" s="223"/>
     </row>
-    <row r="14" spans="2:33" ht="18" customHeight="1" thickBot="1">
+    <row r="14" spans="2:33" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B14" s="176"/>
       <c r="D14" s="202" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="203"/>
       <c r="F14" s="203"/>
-      <c r="G14" s="204"/>
-[...25 lines deleted...]
-      <c r="AG14" s="206"/>
+      <c r="G14" s="359"/>
+      <c r="H14" s="360"/>
+      <c r="I14" s="360"/>
+      <c r="J14" s="360"/>
+      <c r="K14" s="360"/>
+      <c r="L14" s="360"/>
+      <c r="M14" s="360"/>
+      <c r="N14" s="360"/>
+      <c r="O14" s="360"/>
+      <c r="P14" s="360"/>
+      <c r="Q14" s="360"/>
+      <c r="R14" s="360"/>
+      <c r="S14" s="360"/>
+      <c r="T14" s="360"/>
+      <c r="U14" s="360"/>
+      <c r="V14" s="360"/>
+      <c r="W14" s="360"/>
+      <c r="X14" s="360"/>
+      <c r="Y14" s="361" t="s">
+        <v>125</v>
+      </c>
+      <c r="Z14" s="361"/>
+      <c r="AA14" s="361"/>
+      <c r="AB14" s="361"/>
+      <c r="AC14" s="361"/>
+      <c r="AD14" s="361"/>
+      <c r="AE14" s="361"/>
+      <c r="AF14" s="361"/>
+      <c r="AG14" s="361"/>
     </row>
-    <row r="15" spans="2:33">
+    <row r="15" spans="2:33" x14ac:dyDescent="0.15">
       <c r="B15" s="176"/>
       <c r="Y15" s="120" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="16" spans="2:33" ht="4.5" customHeight="1">
+    <row r="16" spans="2:33" ht="4.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B16" s="176"/>
     </row>
-    <row r="17" spans="2:33">
+    <row r="17" spans="2:33" x14ac:dyDescent="0.15">
       <c r="B17" s="176"/>
       <c r="C17" s="16"/>
       <c r="D17" s="16" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="16"/>
       <c r="F17" s="16"/>
       <c r="G17" s="16"/>
       <c r="H17" s="34" t="s">
         <v>25</v>
       </c>
       <c r="I17" s="16"/>
       <c r="J17" s="19"/>
       <c r="K17" s="16"/>
       <c r="L17" s="16"/>
       <c r="V17" s="34" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="18" spans="2:33" ht="3" customHeight="1" thickBot="1">
+    <row r="18" spans="2:33" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B18" s="176"/>
       <c r="C18" s="16"/>
       <c r="D18" s="16"/>
       <c r="E18" s="16"/>
       <c r="F18" s="16"/>
       <c r="G18" s="16"/>
       <c r="H18" s="16"/>
       <c r="I18" s="16"/>
       <c r="J18" s="16"/>
       <c r="K18" s="16"/>
       <c r="L18" s="16"/>
       <c r="M18" s="16"/>
       <c r="V18" s="17"/>
     </row>
-    <row r="19" spans="2:33" ht="18" customHeight="1">
+    <row r="19" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B19" s="176"/>
       <c r="D19" s="185" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="186"/>
       <c r="F19" s="187"/>
       <c r="G19" s="188"/>
       <c r="H19" s="189"/>
       <c r="I19" s="189"/>
       <c r="J19" s="189"/>
       <c r="K19" s="189"/>
       <c r="L19" s="189"/>
       <c r="M19" s="189"/>
       <c r="N19" s="189"/>
       <c r="O19" s="189"/>
       <c r="P19" s="189"/>
       <c r="Q19" s="189"/>
       <c r="R19" s="189"/>
       <c r="S19" s="189"/>
       <c r="T19" s="190" t="s">
         <v>15</v>
       </c>
       <c r="U19" s="191"/>
       <c r="V19" s="192"/>
       <c r="W19" s="193"/>
       <c r="X19" s="193"/>
       <c r="Y19" s="193"/>
       <c r="Z19" s="193"/>
       <c r="AA19" s="193"/>
       <c r="AB19" s="193"/>
       <c r="AC19" s="193"/>
       <c r="AD19" s="193"/>
       <c r="AE19" s="193"/>
       <c r="AF19" s="193"/>
       <c r="AG19" s="194"/>
     </row>
-    <row r="20" spans="2:33" ht="18" customHeight="1">
+    <row r="20" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B20" s="176"/>
       <c r="D20" s="195" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="196"/>
       <c r="F20" s="197"/>
       <c r="G20" s="198" t="s">
         <v>17</v>
       </c>
       <c r="H20" s="199"/>
       <c r="I20" s="200"/>
       <c r="J20" s="201"/>
       <c r="K20" s="201"/>
       <c r="L20" s="207" t="s">
         <v>18</v>
       </c>
       <c r="M20" s="207"/>
       <c r="N20" s="207"/>
       <c r="O20" s="207"/>
       <c r="P20" s="207"/>
       <c r="Q20" s="207"/>
       <c r="R20" s="207"/>
       <c r="S20" s="207"/>
       <c r="T20" s="208" t="s">
         <v>19</v>
       </c>
       <c r="U20" s="209"/>
       <c r="V20" s="210"/>
       <c r="W20" s="211"/>
       <c r="X20" s="211"/>
       <c r="Y20" s="211"/>
       <c r="Z20" s="211"/>
       <c r="AA20" s="211"/>
       <c r="AB20" s="211"/>
       <c r="AC20" s="211"/>
       <c r="AD20" s="211"/>
       <c r="AE20" s="211"/>
       <c r="AF20" s="211"/>
       <c r="AG20" s="212"/>
     </row>
-    <row r="21" spans="2:33" ht="18" customHeight="1">
+    <row r="21" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B21" s="176"/>
       <c r="D21" s="195"/>
       <c r="E21" s="196"/>
       <c r="F21" s="197"/>
       <c r="G21" s="213"/>
       <c r="H21" s="214"/>
       <c r="I21" s="214"/>
       <c r="J21" s="214"/>
       <c r="K21" s="214"/>
       <c r="L21" s="214"/>
       <c r="M21" s="214"/>
       <c r="N21" s="214"/>
       <c r="O21" s="214"/>
       <c r="P21" s="214"/>
       <c r="Q21" s="214"/>
       <c r="R21" s="214"/>
       <c r="S21" s="214"/>
       <c r="T21" s="208" t="s">
         <v>20</v>
       </c>
       <c r="U21" s="209"/>
       <c r="V21" s="210"/>
       <c r="W21" s="218"/>
       <c r="X21" s="219"/>
       <c r="Y21" s="219"/>
       <c r="Z21" s="219"/>
       <c r="AA21" s="219"/>
       <c r="AB21" s="219"/>
       <c r="AC21" s="219"/>
       <c r="AD21" s="219"/>
       <c r="AE21" s="219"/>
       <c r="AF21" s="219"/>
       <c r="AG21" s="220"/>
     </row>
-    <row r="22" spans="2:33" ht="18" customHeight="1">
+    <row r="22" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B22" s="176"/>
       <c r="D22" s="195"/>
       <c r="E22" s="196"/>
       <c r="F22" s="197"/>
       <c r="G22" s="224" t="s">
         <v>21</v>
       </c>
       <c r="H22" s="225"/>
       <c r="I22" s="226"/>
       <c r="J22" s="227"/>
       <c r="K22" s="227"/>
       <c r="L22" s="227"/>
       <c r="M22" s="227"/>
       <c r="N22" s="227"/>
       <c r="O22" s="227"/>
       <c r="P22" s="227"/>
       <c r="Q22" s="227"/>
       <c r="R22" s="227"/>
       <c r="S22" s="228"/>
       <c r="T22" s="215"/>
       <c r="U22" s="216"/>
       <c r="V22" s="217"/>
       <c r="W22" s="221"/>
       <c r="X22" s="222"/>
       <c r="Y22" s="222"/>
       <c r="Z22" s="222"/>
       <c r="AA22" s="222"/>
       <c r="AB22" s="222"/>
       <c r="AC22" s="222"/>
       <c r="AD22" s="222"/>
       <c r="AE22" s="222"/>
       <c r="AF22" s="222"/>
       <c r="AG22" s="223"/>
     </row>
-    <row r="23" spans="2:33" ht="18" customHeight="1" thickBot="1">
+    <row r="23" spans="2:33" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B23" s="176"/>
       <c r="D23" s="202" t="s">
         <v>22</v>
       </c>
       <c r="E23" s="203"/>
       <c r="F23" s="203"/>
-      <c r="G23" s="204"/>
-[...25 lines deleted...]
-      <c r="AG23" s="206"/>
+      <c r="G23" s="359"/>
+      <c r="H23" s="360"/>
+      <c r="I23" s="360"/>
+      <c r="J23" s="360"/>
+      <c r="K23" s="360"/>
+      <c r="L23" s="360"/>
+      <c r="M23" s="360"/>
+      <c r="N23" s="360"/>
+      <c r="O23" s="360"/>
+      <c r="P23" s="360"/>
+      <c r="Q23" s="360"/>
+      <c r="R23" s="360"/>
+      <c r="S23" s="360"/>
+      <c r="T23" s="360"/>
+      <c r="U23" s="360"/>
+      <c r="V23" s="360"/>
+      <c r="W23" s="360"/>
+      <c r="X23" s="360"/>
+      <c r="Y23" s="361" t="s">
+        <v>125</v>
+      </c>
+      <c r="Z23" s="361"/>
+      <c r="AA23" s="361"/>
+      <c r="AB23" s="361"/>
+      <c r="AC23" s="361"/>
+      <c r="AD23" s="361"/>
+      <c r="AE23" s="361"/>
+      <c r="AF23" s="361"/>
+      <c r="AG23" s="361"/>
     </row>
-    <row r="24" spans="2:33">
+    <row r="24" spans="2:33" x14ac:dyDescent="0.15">
       <c r="B24" s="176"/>
       <c r="Y24" s="120" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="25" spans="2:33" ht="6.75" customHeight="1">
+    <row r="25" spans="2:33" ht="6.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B25" s="176"/>
     </row>
-    <row r="26" spans="2:33">
+    <row r="26" spans="2:33" x14ac:dyDescent="0.15">
       <c r="B26" s="176"/>
       <c r="D26" s="229" t="s">
         <v>27</v>
       </c>
       <c r="E26" s="229"/>
       <c r="F26" s="229"/>
       <c r="G26" s="229"/>
       <c r="H26" s="229"/>
       <c r="I26" s="229"/>
       <c r="J26" s="229"/>
       <c r="K26" s="229"/>
       <c r="L26" s="229"/>
       <c r="M26" s="229"/>
       <c r="N26" s="229"/>
       <c r="O26" s="229"/>
       <c r="P26" s="229"/>
       <c r="Q26" s="229"/>
       <c r="R26" s="16"/>
       <c r="S26" s="166" t="s">
         <v>28</v>
       </c>
       <c r="U26" s="166"/>
       <c r="V26" s="166"/>
       <c r="W26" s="166"/>
       <c r="X26" s="166" t="s">
         <v>29</v>
       </c>
       <c r="AA26" s="166"/>
       <c r="AB26" s="166" t="s">
         <v>30</v>
       </c>
     </row>
-    <row r="27" spans="2:33" ht="23.25" customHeight="1" thickBot="1">
+    <row r="27" spans="2:33" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B27" s="176"/>
       <c r="D27" s="230" t="s">
         <v>31</v>
       </c>
       <c r="E27" s="230"/>
       <c r="F27" s="230"/>
       <c r="G27" s="230"/>
       <c r="H27" s="230"/>
       <c r="I27" s="230"/>
       <c r="J27" s="230"/>
       <c r="K27" s="230"/>
       <c r="L27" s="230"/>
       <c r="M27" s="230"/>
       <c r="N27" s="230"/>
       <c r="O27" s="230"/>
       <c r="P27" s="230"/>
       <c r="Q27" s="230"/>
       <c r="R27" s="230"/>
       <c r="S27" s="230"/>
       <c r="T27" s="230"/>
       <c r="U27" s="230"/>
       <c r="V27" s="230"/>
       <c r="W27" s="230"/>
       <c r="X27" s="230"/>
       <c r="Y27" s="230"/>
       <c r="Z27" s="230"/>
       <c r="AA27" s="230"/>
       <c r="AB27" s="230"/>
       <c r="AC27" s="230"/>
       <c r="AD27" s="230"/>
       <c r="AE27" s="230"/>
       <c r="AF27" s="230"/>
       <c r="AG27" s="230"/>
     </row>
-    <row r="28" spans="2:33" ht="18" customHeight="1">
+    <row r="28" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B28" s="176"/>
       <c r="D28" s="185" t="s">
         <v>14</v>
       </c>
       <c r="E28" s="186"/>
       <c r="F28" s="187"/>
       <c r="G28" s="188"/>
       <c r="H28" s="189"/>
       <c r="I28" s="189"/>
       <c r="J28" s="189"/>
       <c r="K28" s="189"/>
       <c r="L28" s="189"/>
       <c r="M28" s="189"/>
       <c r="N28" s="189"/>
       <c r="O28" s="189"/>
       <c r="P28" s="189"/>
       <c r="Q28" s="189"/>
       <c r="R28" s="189"/>
       <c r="S28" s="189"/>
       <c r="T28" s="190" t="s">
         <v>15</v>
       </c>
       <c r="U28" s="191"/>
       <c r="V28" s="192"/>
       <c r="W28" s="193"/>
       <c r="X28" s="193"/>
       <c r="Y28" s="193"/>
       <c r="Z28" s="193"/>
       <c r="AA28" s="193"/>
       <c r="AB28" s="193"/>
       <c r="AC28" s="193"/>
       <c r="AD28" s="193"/>
       <c r="AE28" s="193"/>
       <c r="AF28" s="193"/>
       <c r="AG28" s="194"/>
     </row>
-    <row r="29" spans="2:33" ht="18" hidden="1" customHeight="1">
+    <row r="29" spans="2:33" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B29" s="176"/>
       <c r="D29" s="195"/>
       <c r="E29" s="196"/>
       <c r="F29" s="197"/>
       <c r="G29" s="213"/>
       <c r="H29" s="214"/>
       <c r="I29" s="214"/>
       <c r="J29" s="214"/>
       <c r="K29" s="214"/>
       <c r="L29" s="214"/>
       <c r="M29" s="214"/>
       <c r="N29" s="214"/>
       <c r="O29" s="214"/>
       <c r="P29" s="214"/>
       <c r="Q29" s="214"/>
       <c r="R29" s="214"/>
       <c r="S29" s="214"/>
       <c r="T29" s="208" t="s">
         <v>20</v>
       </c>
       <c r="U29" s="209"/>
       <c r="V29" s="210"/>
       <c r="W29" s="218"/>
       <c r="X29" s="219"/>
       <c r="Y29" s="219"/>
       <c r="Z29" s="219"/>
       <c r="AA29" s="219"/>
       <c r="AB29" s="219"/>
       <c r="AC29" s="219"/>
       <c r="AD29" s="219"/>
       <c r="AE29" s="219"/>
       <c r="AF29" s="219"/>
       <c r="AG29" s="220"/>
     </row>
-    <row r="30" spans="2:33" ht="18" hidden="1" customHeight="1">
+    <row r="30" spans="2:33" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B30" s="176"/>
       <c r="D30" s="195"/>
       <c r="E30" s="196"/>
       <c r="F30" s="197"/>
       <c r="G30" s="224" t="s">
         <v>21</v>
       </c>
       <c r="H30" s="225"/>
       <c r="I30" s="226"/>
       <c r="J30" s="227"/>
       <c r="K30" s="227"/>
       <c r="L30" s="227"/>
       <c r="M30" s="227"/>
       <c r="N30" s="227"/>
       <c r="O30" s="227"/>
       <c r="P30" s="227"/>
       <c r="Q30" s="227"/>
       <c r="R30" s="227"/>
       <c r="S30" s="228"/>
       <c r="T30" s="215"/>
       <c r="U30" s="216"/>
       <c r="V30" s="217"/>
       <c r="W30" s="221"/>
       <c r="X30" s="222"/>
       <c r="Y30" s="222"/>
       <c r="Z30" s="222"/>
       <c r="AA30" s="222"/>
       <c r="AB30" s="222"/>
       <c r="AC30" s="222"/>
       <c r="AD30" s="222"/>
       <c r="AE30" s="222"/>
       <c r="AF30" s="222"/>
       <c r="AG30" s="223"/>
     </row>
-    <row r="31" spans="2:33" ht="18" customHeight="1" thickBot="1">
+    <row r="31" spans="2:33" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B31" s="176"/>
       <c r="D31" s="231" t="s">
         <v>22</v>
       </c>
       <c r="E31" s="232"/>
       <c r="F31" s="233"/>
       <c r="G31" s="204"/>
       <c r="H31" s="235"/>
       <c r="I31" s="235"/>
       <c r="J31" s="235"/>
       <c r="K31" s="235"/>
       <c r="L31" s="235"/>
       <c r="M31" s="235"/>
       <c r="N31" s="235"/>
       <c r="O31" s="235"/>
       <c r="P31" s="235"/>
       <c r="Q31" s="235"/>
       <c r="R31" s="235"/>
       <c r="S31" s="236"/>
       <c r="T31" s="234" t="s">
         <v>20</v>
       </c>
       <c r="U31" s="232"/>
       <c r="V31" s="233"/>
       <c r="W31" s="204"/>
       <c r="X31" s="205"/>
       <c r="Y31" s="205"/>
       <c r="Z31" s="205"/>
       <c r="AA31" s="205"/>
       <c r="AB31" s="205"/>
       <c r="AC31" s="205"/>
       <c r="AD31" s="205"/>
       <c r="AE31" s="205"/>
       <c r="AF31" s="205"/>
       <c r="AG31" s="206"/>
     </row>
-    <row r="32" spans="2:33">
+    <row r="32" spans="2:33" x14ac:dyDescent="0.15">
       <c r="B32" s="176"/>
       <c r="D32" s="34"/>
       <c r="G32" s="34"/>
     </row>
-    <row r="33" spans="2:33" ht="3" hidden="1" customHeight="1">
+    <row r="33" spans="2:33" ht="3" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B33" s="176"/>
       <c r="D33" s="34"/>
     </row>
-    <row r="34" spans="2:33" ht="12" hidden="1" customHeight="1">
+    <row r="34" spans="2:33" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B34" s="176"/>
     </row>
-    <row r="35" spans="2:33" ht="12" hidden="1" customHeight="1">
+    <row r="35" spans="2:33" ht="12" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B35" s="176"/>
     </row>
-    <row r="36" spans="2:33" ht="18" customHeight="1" thickBot="1">
+    <row r="36" spans="2:33" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B36" s="176"/>
       <c r="D36" s="16" t="s">
         <v>32</v>
       </c>
       <c r="E36" s="20"/>
       <c r="F36" s="20"/>
       <c r="G36" s="20"/>
       <c r="H36" s="94" t="s">
         <v>33</v>
       </c>
       <c r="I36" s="19"/>
       <c r="J36" s="121"/>
       <c r="K36" s="81"/>
       <c r="L36" s="81"/>
       <c r="M36" s="81"/>
       <c r="N36" s="81"/>
       <c r="O36" s="81"/>
       <c r="P36" s="81"/>
       <c r="Q36" s="81"/>
       <c r="R36" s="81"/>
       <c r="S36" s="81"/>
       <c r="T36" s="81"/>
       <c r="U36" s="81"/>
       <c r="V36" s="81"/>
       <c r="W36" s="81"/>
       <c r="X36" s="81"/>
       <c r="Y36" s="81"/>
       <c r="Z36" s="81"/>
       <c r="AA36" s="81"/>
       <c r="AB36" s="81"/>
       <c r="AC36" s="81"/>
       <c r="AD36" s="81"/>
       <c r="AE36" s="81"/>
       <c r="AF36" s="81"/>
       <c r="AG36" s="81"/>
     </row>
-    <row r="37" spans="2:33" ht="18" customHeight="1">
+    <row r="37" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B37" s="176"/>
       <c r="D37" s="185" t="s">
         <v>14</v>
       </c>
       <c r="E37" s="186"/>
       <c r="F37" s="187"/>
       <c r="G37" s="188"/>
       <c r="H37" s="189"/>
       <c r="I37" s="189"/>
       <c r="J37" s="189"/>
       <c r="K37" s="189"/>
       <c r="L37" s="189"/>
       <c r="M37" s="189"/>
       <c r="N37" s="189"/>
       <c r="O37" s="189"/>
       <c r="P37" s="189"/>
       <c r="Q37" s="189"/>
       <c r="R37" s="189"/>
       <c r="S37" s="189"/>
       <c r="T37" s="190" t="s">
         <v>15</v>
       </c>
       <c r="U37" s="191"/>
       <c r="V37" s="192"/>
       <c r="W37" s="193"/>
       <c r="X37" s="193"/>
       <c r="Y37" s="193"/>
       <c r="Z37" s="193"/>
       <c r="AA37" s="193"/>
       <c r="AB37" s="193"/>
       <c r="AC37" s="193"/>
       <c r="AD37" s="193"/>
       <c r="AE37" s="193"/>
       <c r="AF37" s="193"/>
       <c r="AG37" s="194"/>
     </row>
-    <row r="38" spans="2:33" ht="18" customHeight="1">
+    <row r="38" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B38" s="176"/>
       <c r="D38" s="195" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="196"/>
       <c r="F38" s="197"/>
       <c r="G38" s="198" t="s">
         <v>17</v>
       </c>
       <c r="H38" s="199"/>
       <c r="I38" s="200"/>
       <c r="J38" s="201"/>
       <c r="K38" s="201"/>
       <c r="L38" s="207" t="s">
         <v>18</v>
       </c>
       <c r="M38" s="207"/>
       <c r="N38" s="207"/>
       <c r="O38" s="207"/>
       <c r="P38" s="207"/>
       <c r="Q38" s="207"/>
       <c r="R38" s="207"/>
       <c r="S38" s="207"/>
       <c r="T38" s="208" t="s">
         <v>19</v>
       </c>
       <c r="U38" s="209"/>
       <c r="V38" s="210"/>
       <c r="W38" s="211"/>
       <c r="X38" s="211"/>
       <c r="Y38" s="211"/>
       <c r="Z38" s="211"/>
       <c r="AA38" s="211"/>
       <c r="AB38" s="211"/>
       <c r="AC38" s="211"/>
       <c r="AD38" s="211"/>
       <c r="AE38" s="211"/>
       <c r="AF38" s="211"/>
       <c r="AG38" s="212"/>
     </row>
-    <row r="39" spans="2:33" ht="18" customHeight="1">
+    <row r="39" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B39" s="176"/>
       <c r="D39" s="195"/>
       <c r="E39" s="196"/>
       <c r="F39" s="197"/>
       <c r="G39" s="213"/>
       <c r="H39" s="214"/>
       <c r="I39" s="214"/>
       <c r="J39" s="214"/>
       <c r="K39" s="214"/>
       <c r="L39" s="214"/>
       <c r="M39" s="214"/>
       <c r="N39" s="214"/>
       <c r="O39" s="214"/>
       <c r="P39" s="214"/>
       <c r="Q39" s="214"/>
       <c r="R39" s="214"/>
       <c r="S39" s="214"/>
       <c r="T39" s="208" t="s">
         <v>20</v>
       </c>
       <c r="U39" s="209"/>
       <c r="V39" s="210"/>
       <c r="W39" s="218"/>
       <c r="X39" s="219"/>
       <c r="Y39" s="219"/>
       <c r="Z39" s="219"/>
       <c r="AA39" s="219"/>
       <c r="AB39" s="219"/>
       <c r="AC39" s="219"/>
       <c r="AD39" s="219"/>
       <c r="AE39" s="219"/>
       <c r="AF39" s="219"/>
       <c r="AG39" s="220"/>
     </row>
-    <row r="40" spans="2:33" ht="18" customHeight="1">
+    <row r="40" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B40" s="176"/>
       <c r="D40" s="195"/>
       <c r="E40" s="196"/>
       <c r="F40" s="197"/>
       <c r="G40" s="224" t="s">
         <v>21</v>
       </c>
       <c r="H40" s="225"/>
       <c r="I40" s="226"/>
       <c r="J40" s="227"/>
       <c r="K40" s="227"/>
       <c r="L40" s="227"/>
       <c r="M40" s="227"/>
       <c r="N40" s="227"/>
       <c r="O40" s="227"/>
       <c r="P40" s="227"/>
       <c r="Q40" s="227"/>
       <c r="R40" s="227"/>
       <c r="S40" s="228"/>
       <c r="T40" s="215"/>
       <c r="U40" s="216"/>
       <c r="V40" s="217"/>
       <c r="W40" s="221"/>
       <c r="X40" s="222"/>
       <c r="Y40" s="222"/>
       <c r="Z40" s="222"/>
       <c r="AA40" s="222"/>
       <c r="AB40" s="222"/>
       <c r="AC40" s="222"/>
       <c r="AD40" s="222"/>
       <c r="AE40" s="222"/>
       <c r="AF40" s="222"/>
       <c r="AG40" s="223"/>
     </row>
-    <row r="41" spans="2:33" ht="18" customHeight="1" thickBot="1">
+    <row r="41" spans="2:33" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B41" s="176"/>
       <c r="D41" s="202" t="s">
         <v>22</v>
       </c>
       <c r="E41" s="203"/>
       <c r="F41" s="203"/>
-      <c r="G41" s="204"/>
-[...25 lines deleted...]
-      <c r="AG41" s="206"/>
+      <c r="G41" s="359"/>
+      <c r="H41" s="360"/>
+      <c r="I41" s="360"/>
+      <c r="J41" s="360"/>
+      <c r="K41" s="360"/>
+      <c r="L41" s="360"/>
+      <c r="M41" s="360"/>
+      <c r="N41" s="360"/>
+      <c r="O41" s="360"/>
+      <c r="P41" s="360"/>
+      <c r="Q41" s="360"/>
+      <c r="R41" s="360"/>
+      <c r="S41" s="360"/>
+      <c r="T41" s="360"/>
+      <c r="U41" s="360"/>
+      <c r="V41" s="360"/>
+      <c r="W41" s="360"/>
+      <c r="X41" s="360"/>
+      <c r="Y41" s="361" t="s">
+        <v>125</v>
+      </c>
+      <c r="Z41" s="361"/>
+      <c r="AA41" s="361"/>
+      <c r="AB41" s="361"/>
+      <c r="AC41" s="361"/>
+      <c r="AD41" s="361"/>
+      <c r="AE41" s="361"/>
+      <c r="AF41" s="361"/>
+      <c r="AG41" s="361"/>
     </row>
-    <row r="42" spans="2:33" ht="18" customHeight="1" thickBot="1">
+    <row r="42" spans="2:33" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B42" s="176"/>
       <c r="D42" s="253" t="s">
         <v>34</v>
       </c>
       <c r="E42" s="254"/>
       <c r="F42" s="254"/>
       <c r="G42" s="61"/>
       <c r="H42" s="94" t="s">
         <v>35</v>
       </c>
       <c r="I42" s="62"/>
       <c r="J42" s="63"/>
       <c r="K42" s="63"/>
       <c r="L42" s="63"/>
       <c r="M42" s="62" t="s">
         <v>36</v>
       </c>
       <c r="N42" s="63"/>
       <c r="O42" s="63"/>
       <c r="P42" s="63"/>
       <c r="Q42" s="63"/>
       <c r="R42" s="63"/>
       <c r="S42" s="63"/>
       <c r="T42" s="63"/>
       <c r="U42" s="63"/>
       <c r="V42" s="63"/>
       <c r="W42" s="63"/>
       <c r="X42" s="63"/>
       <c r="Y42" s="63"/>
       <c r="Z42" s="63"/>
       <c r="AA42" s="63"/>
       <c r="AB42" s="63"/>
       <c r="AC42" s="63"/>
       <c r="AD42" s="63"/>
       <c r="AE42" s="63"/>
       <c r="AF42" s="63"/>
       <c r="AG42" s="64"/>
     </row>
-    <row r="43" spans="2:33">
+    <row r="43" spans="2:33" x14ac:dyDescent="0.15">
       <c r="B43" s="176"/>
       <c r="Y43" s="120" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="44" spans="2:33" s="51" customFormat="1" ht="6" hidden="1" customHeight="1">
+    <row r="44" spans="2:33" s="51" customFormat="1" ht="6" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B44" s="132"/>
       <c r="D44" s="132"/>
       <c r="E44" s="132"/>
       <c r="F44" s="132"/>
       <c r="G44" s="132"/>
       <c r="H44" s="133"/>
       <c r="I44" s="134"/>
       <c r="J44" s="133"/>
       <c r="K44" s="133"/>
       <c r="L44" s="133"/>
       <c r="M44" s="135"/>
       <c r="N44" s="135"/>
       <c r="O44" s="136"/>
       <c r="P44" s="135"/>
       <c r="Q44" s="137"/>
       <c r="R44" s="137"/>
       <c r="S44" s="137"/>
       <c r="T44" s="137"/>
       <c r="U44" s="137"/>
       <c r="V44" s="137"/>
       <c r="W44" s="137"/>
       <c r="X44" s="137"/>
       <c r="Y44" s="137"/>
       <c r="Z44" s="137"/>
       <c r="AA44" s="137"/>
       <c r="AB44" s="137"/>
       <c r="AC44" s="137"/>
       <c r="AD44" s="138"/>
     </row>
-    <row r="45" spans="2:33" hidden="1"/>
-    <row r="46" spans="2:33" ht="3" customHeight="1">
+    <row r="45" spans="2:33" hidden="1" x14ac:dyDescent="0.15"/>
+    <row r="46" spans="2:33" ht="3" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B46" s="42"/>
       <c r="U46" s="38"/>
       <c r="V46" s="38"/>
       <c r="W46" s="38"/>
       <c r="X46" s="38"/>
       <c r="Y46" s="38"/>
       <c r="Z46" s="38"/>
       <c r="AA46" s="38"/>
       <c r="AB46" s="38"/>
       <c r="AC46" s="38"/>
       <c r="AD46" s="38"/>
       <c r="AE46" s="38"/>
       <c r="AF46" s="38"/>
       <c r="AG46" s="38"/>
     </row>
-    <row r="47" spans="2:33">
+    <row r="47" spans="2:33" x14ac:dyDescent="0.15">
       <c r="B47" s="29"/>
       <c r="C47" s="30"/>
       <c r="D47" s="29"/>
       <c r="E47" s="31"/>
       <c r="F47" s="31"/>
       <c r="G47" s="31"/>
       <c r="H47" s="31"/>
       <c r="I47" s="31"/>
       <c r="J47" s="31"/>
       <c r="K47" s="31"/>
       <c r="L47" s="31"/>
       <c r="M47" s="31"/>
       <c r="N47" s="31"/>
       <c r="O47" s="31"/>
       <c r="P47" s="31"/>
       <c r="Q47" s="31"/>
       <c r="R47" s="31"/>
       <c r="S47" s="31"/>
       <c r="T47" s="31"/>
       <c r="U47" s="31"/>
       <c r="V47" s="31"/>
       <c r="W47" s="31"/>
       <c r="X47" s="31"/>
       <c r="Y47" s="31"/>
       <c r="Z47" s="31"/>
       <c r="AA47" s="31"/>
       <c r="AB47" s="31"/>
       <c r="AC47" s="31"/>
       <c r="AD47" s="31"/>
       <c r="AE47" s="31"/>
       <c r="AF47" s="31"/>
       <c r="AG47" s="31"/>
     </row>
-    <row r="48" spans="2:33" ht="4.5" customHeight="1">
+    <row r="48" spans="2:33" ht="4.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B48" s="29"/>
       <c r="D48" s="32"/>
       <c r="E48" s="33"/>
       <c r="F48" s="33"/>
       <c r="G48" s="33"/>
       <c r="H48" s="33"/>
       <c r="I48" s="33"/>
       <c r="J48" s="33"/>
       <c r="K48" s="33"/>
       <c r="L48" s="33"/>
       <c r="M48" s="33"/>
       <c r="N48" s="33"/>
       <c r="O48" s="33"/>
       <c r="P48" s="33"/>
       <c r="Q48" s="33"/>
       <c r="R48" s="33"/>
       <c r="S48" s="33"/>
       <c r="T48" s="33"/>
       <c r="U48" s="33"/>
       <c r="V48" s="33"/>
       <c r="W48" s="33"/>
       <c r="X48" s="33"/>
       <c r="Y48" s="33"/>
       <c r="Z48" s="33"/>
       <c r="AA48" s="33"/>
       <c r="AB48" s="33"/>
       <c r="AC48" s="33"/>
       <c r="AD48" s="33"/>
       <c r="AE48" s="33"/>
       <c r="AF48" s="33"/>
       <c r="AG48" s="33"/>
     </row>
-    <row r="49" spans="2:36" hidden="1">
-[...4 lines deleted...]
-      <c r="D50" s="101" t="s">
+    <row r="49" spans="2:36" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B49" s="31"/>
+      <c r="D49" s="101" t="s">
         <v>37</v>
       </c>
-      <c r="E50" s="30"/>
-[...26 lines deleted...]
-      <c r="AF50" s="102"/>
+      <c r="E49" s="30"/>
+      <c r="F49" s="102"/>
+      <c r="G49" s="102"/>
+      <c r="H49" s="102"/>
+      <c r="I49" s="102"/>
+      <c r="J49" s="102"/>
+      <c r="K49" s="102"/>
+      <c r="L49" s="102"/>
+      <c r="M49" s="102"/>
+      <c r="N49" s="102"/>
+      <c r="O49" s="102"/>
+      <c r="P49" s="102"/>
+      <c r="Q49" s="102"/>
+      <c r="R49" s="102"/>
+      <c r="S49" s="102"/>
+      <c r="T49" s="102"/>
+      <c r="U49" s="102"/>
+      <c r="V49" s="102"/>
+      <c r="W49" s="102"/>
+      <c r="X49" s="102"/>
+      <c r="Y49" s="102"/>
+      <c r="Z49" s="102"/>
+      <c r="AA49" s="102"/>
+      <c r="AB49" s="102"/>
+      <c r="AC49" s="102"/>
+      <c r="AD49" s="102"/>
+      <c r="AE49" s="102"/>
+      <c r="AF49" s="102"/>
+      <c r="AG49" s="69"/>
+      <c r="AJ49" s="82"/>
     </row>
-    <row r="51" spans="2:36" hidden="1">
+    <row r="50" spans="2:36" ht="3" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B50" s="31"/>
+      <c r="AJ50" s="82"/>
+    </row>
+    <row r="51" spans="2:36" ht="12.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B51" s="72"/>
-    </row>
-[...3 lines deleted...]
-      <c r="E52" s="2" t="s">
+      <c r="D51" s="69"/>
+      <c r="E51" s="34" t="s">
         <v>38</v>
       </c>
-      <c r="F52" s="2"/>
-[...25 lines deleted...]
-      <c r="AF52" s="2"/>
+      <c r="F51" s="34"/>
+      <c r="G51" s="34"/>
+      <c r="H51" s="34"/>
+      <c r="I51" s="34"/>
+      <c r="J51" s="34"/>
+      <c r="K51" s="34"/>
+      <c r="L51" s="34"/>
+      <c r="M51" s="34"/>
+      <c r="N51" s="69"/>
+      <c r="O51" s="69"/>
+      <c r="P51" s="69"/>
+      <c r="Q51" s="69"/>
+      <c r="R51" s="69"/>
+      <c r="S51" s="69"/>
+      <c r="T51" s="69"/>
+      <c r="U51" s="69"/>
+      <c r="V51" s="69"/>
+      <c r="W51" s="69"/>
+      <c r="X51" s="69"/>
+      <c r="Y51" s="69"/>
+      <c r="Z51" s="69"/>
+      <c r="AA51" s="69"/>
+      <c r="AB51" s="69"/>
+      <c r="AC51" s="69"/>
+      <c r="AD51" s="69"/>
+      <c r="AE51" s="69"/>
+      <c r="AF51" s="69"/>
+      <c r="AG51" s="69"/>
     </row>
-    <row r="53" spans="2:36" hidden="1">
-[...7 lines deleted...]
-      <c r="D55" s="101" t="s">
+    <row r="52" spans="2:36" s="34" customFormat="1" ht="12.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B52" s="31"/>
+      <c r="D52" s="69"/>
+      <c r="E52" s="237"/>
+      <c r="F52" s="238"/>
+      <c r="G52" s="238"/>
+      <c r="H52" s="238"/>
+      <c r="I52" s="238"/>
+      <c r="J52" s="238"/>
+      <c r="K52" s="238"/>
+      <c r="L52" s="238"/>
+      <c r="M52" s="239"/>
+      <c r="N52" s="69"/>
+      <c r="O52" s="166" t="s">
         <v>39</v>
       </c>
-      <c r="E55" s="30"/>
-[...28 lines deleted...]
-      <c r="AJ55" s="82"/>
+      <c r="P52" s="69"/>
+      <c r="Q52" s="69"/>
+      <c r="R52" s="69"/>
+      <c r="S52" s="69"/>
+      <c r="T52" s="69"/>
+      <c r="U52" s="69"/>
+      <c r="V52" s="69"/>
+      <c r="W52" s="69"/>
+      <c r="X52" s="69"/>
+      <c r="Y52" s="69"/>
+      <c r="Z52" s="69"/>
+      <c r="AA52" s="69"/>
+      <c r="AB52" s="69"/>
+      <c r="AC52" s="69"/>
+      <c r="AD52" s="69"/>
+      <c r="AE52" s="69"/>
+      <c r="AF52" s="69"/>
+      <c r="AG52" s="69"/>
+      <c r="AH52" s="2"/>
     </row>
-    <row r="56" spans="2:36" ht="3" customHeight="1">
-[...1 lines deleted...]
-      <c r="AJ56" s="82"/>
+    <row r="53" spans="2:36" ht="3" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B53" s="31"/>
+      <c r="D53" s="34"/>
+      <c r="E53" s="34"/>
+      <c r="F53" s="166"/>
+      <c r="G53" s="35"/>
+      <c r="H53" s="35"/>
+      <c r="I53" s="35"/>
+      <c r="J53" s="35"/>
+      <c r="K53" s="35"/>
+      <c r="L53" s="165"/>
+      <c r="M53" s="165"/>
+      <c r="N53" s="165"/>
+      <c r="O53" s="165"/>
+      <c r="P53" s="165"/>
+      <c r="Q53" s="165"/>
+      <c r="R53" s="165"/>
+      <c r="S53" s="165"/>
+      <c r="T53" s="165"/>
+      <c r="U53" s="34"/>
+      <c r="V53" s="34"/>
+      <c r="W53" s="34"/>
+      <c r="X53" s="34"/>
+      <c r="Y53" s="34"/>
+      <c r="Z53" s="34"/>
+      <c r="AA53" s="34"/>
+      <c r="AB53" s="34"/>
+      <c r="AC53" s="34"/>
+      <c r="AD53" s="34"/>
+      <c r="AE53" s="34"/>
+      <c r="AF53" s="34"/>
+      <c r="AG53" s="34"/>
     </row>
-    <row r="57" spans="2:36" ht="12.75" thickBot="1">
-[...2 lines deleted...]
-      <c r="E57" s="34" t="s">
+    <row r="54" spans="2:36" ht="12" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B54" s="31"/>
+      <c r="D54" s="16"/>
+      <c r="E54" s="16" t="s">
         <v>40</v>
       </c>
+      <c r="F54" s="16"/>
+      <c r="G54" s="16"/>
+      <c r="H54" s="16"/>
+      <c r="I54" s="16"/>
+      <c r="J54" s="16"/>
+      <c r="K54" s="16"/>
+      <c r="L54" s="165"/>
+      <c r="M54" s="165"/>
+      <c r="N54" s="164"/>
+      <c r="O54" s="165"/>
+      <c r="P54" s="165"/>
+      <c r="Q54" s="165"/>
+      <c r="R54" s="165"/>
+      <c r="S54" s="86"/>
+      <c r="T54" s="109"/>
+      <c r="U54" s="86"/>
+      <c r="V54" s="38"/>
+      <c r="W54" s="38"/>
+      <c r="X54" s="38"/>
+      <c r="Y54" s="38"/>
+      <c r="Z54" s="165"/>
+      <c r="AA54" s="165"/>
+      <c r="AB54" s="165"/>
+      <c r="AC54" s="37"/>
+      <c r="AD54" s="37"/>
+    </row>
+    <row r="55" spans="2:36" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="31"/>
+      <c r="D55" s="16"/>
+      <c r="E55" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F55" s="16"/>
+      <c r="G55" s="16"/>
+      <c r="H55" s="16"/>
+      <c r="I55" s="16"/>
+      <c r="J55" s="16"/>
+      <c r="K55" s="16"/>
+      <c r="L55" s="165"/>
+      <c r="M55" s="165"/>
+      <c r="N55" s="164"/>
+      <c r="O55" s="165"/>
+      <c r="P55" s="165"/>
+      <c r="Q55" s="165"/>
+      <c r="R55" s="165"/>
+      <c r="S55" s="86"/>
+      <c r="T55" s="109"/>
+      <c r="U55" s="86"/>
+      <c r="V55" s="38"/>
+      <c r="W55" s="38"/>
+      <c r="X55" s="38"/>
+      <c r="Z55" s="165"/>
+      <c r="AA55" s="165"/>
+      <c r="AB55" s="165"/>
+      <c r="AC55" s="37"/>
+      <c r="AD55" s="37"/>
+    </row>
+    <row r="56" spans="2:36" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B56" s="31"/>
+      <c r="F56" s="34" t="s">
+        <v>42</v>
+      </c>
+      <c r="G56" s="88"/>
+      <c r="H56" s="88"/>
+      <c r="I56" s="237" t="s">
+        <v>43</v>
+      </c>
+      <c r="J56" s="238"/>
+      <c r="K56" s="238"/>
+      <c r="L56" s="238"/>
+      <c r="M56" s="238"/>
+      <c r="N56" s="238"/>
+      <c r="O56" s="238"/>
+      <c r="P56" s="238"/>
+      <c r="Q56" s="238"/>
+      <c r="R56" s="238"/>
+      <c r="S56" s="238"/>
+      <c r="T56" s="238"/>
+      <c r="U56" s="238"/>
+      <c r="V56" s="238"/>
+      <c r="W56" s="239"/>
+    </row>
+    <row r="57" spans="2:36" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B57" s="31"/>
+      <c r="D57" s="34"/>
+      <c r="E57" s="34"/>
       <c r="F57" s="34"/>
       <c r="G57" s="34"/>
       <c r="H57" s="34"/>
       <c r="I57" s="34"/>
       <c r="J57" s="34"/>
       <c r="K57" s="34"/>
       <c r="L57" s="34"/>
       <c r="M57" s="34"/>
-      <c r="N57" s="69"/>
-[...18 lines deleted...]
-      <c r="AG57" s="69"/>
+      <c r="N57" s="34"/>
+      <c r="O57" s="34"/>
+      <c r="P57" s="34"/>
+      <c r="Q57" s="34"/>
+      <c r="R57" s="34"/>
+      <c r="S57" s="34"/>
+      <c r="T57" s="34"/>
+      <c r="U57" s="34"/>
+      <c r="V57" s="34"/>
+      <c r="W57" s="34"/>
+      <c r="X57" s="34"/>
+      <c r="Y57" s="34"/>
+      <c r="Z57" s="34"/>
+      <c r="AA57" s="34"/>
+      <c r="AB57" s="34"/>
+      <c r="AC57" s="34"/>
+      <c r="AD57" s="34"/>
+      <c r="AE57" s="34"/>
+      <c r="AF57" s="34"/>
+      <c r="AG57" s="34"/>
     </row>
-    <row r="58" spans="2:36" s="34" customFormat="1" ht="12.75" thickBot="1">
+    <row r="58" spans="2:36" ht="12" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B58" s="31"/>
-      <c r="D58" s="69"/>
-[...11 lines deleted...]
-        <v>41</v>
+      <c r="D58" s="34"/>
+      <c r="E58" s="34"/>
+      <c r="F58" s="166"/>
+      <c r="G58" s="35"/>
+      <c r="H58" s="35"/>
+      <c r="I58" s="35"/>
+      <c r="J58" s="35"/>
+      <c r="K58" s="35"/>
+      <c r="L58" s="165"/>
+      <c r="M58" s="165"/>
+      <c r="N58" s="165"/>
+      <c r="O58" s="165"/>
+      <c r="P58" s="165"/>
+      <c r="Q58" s="165"/>
+      <c r="R58" s="165"/>
+      <c r="S58" s="165"/>
+      <c r="T58" s="165"/>
+      <c r="U58" s="34"/>
+      <c r="V58" s="34"/>
+      <c r="W58" s="34"/>
+      <c r="X58" s="34"/>
+      <c r="Y58" s="34"/>
+      <c r="Z58" s="34"/>
+      <c r="AA58" s="34"/>
+      <c r="AB58" s="34"/>
+      <c r="AC58" s="34"/>
+      <c r="AD58" s="34"/>
+      <c r="AE58" s="34"/>
+      <c r="AF58" s="34"/>
+      <c r="AG58" s="34"/>
+    </row>
+    <row r="59" spans="2:36" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B59" s="31"/>
+      <c r="F59" s="34" t="s">
+        <v>44</v>
       </c>
-      <c r="P58" s="69"/>
-[...87 lines deleted...]
-      <c r="E61" s="2" t="s">
+      <c r="G59" s="34"/>
+      <c r="H59" s="117"/>
+      <c r="I59" s="237" t="s">
         <v>43</v>
       </c>
-      <c r="F61" s="16"/>
-[...31 lines deleted...]
-      <c r="I62" s="237" t="s">
+      <c r="J59" s="238"/>
+      <c r="K59" s="238"/>
+      <c r="L59" s="238"/>
+      <c r="M59" s="238"/>
+      <c r="N59" s="238"/>
+      <c r="O59" s="238"/>
+      <c r="P59" s="238"/>
+      <c r="Q59" s="238"/>
+      <c r="R59" s="238"/>
+      <c r="S59" s="238"/>
+      <c r="T59" s="238"/>
+      <c r="U59" s="238"/>
+      <c r="V59" s="238"/>
+      <c r="W59" s="239"/>
+      <c r="Y59" s="41" t="s">
         <v>45</v>
       </c>
-      <c r="J62" s="238"/>
-[...12 lines deleted...]
-      <c r="W62" s="239"/>
     </row>
-    <row r="63" spans="2:36" ht="3" customHeight="1" thickBot="1">
-[...2 lines deleted...]
-      <c r="E63" s="34"/>
+    <row r="60" spans="2:36" ht="4.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B60" s="31"/>
+    </row>
+    <row r="61" spans="2:36" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B61" s="31"/>
+      <c r="D61" s="101" t="s">
+        <v>126</v>
+      </c>
+      <c r="E61" s="30"/>
+      <c r="F61" s="102"/>
+      <c r="G61" s="102"/>
+      <c r="H61" s="102"/>
+      <c r="I61" s="102"/>
+      <c r="J61" s="102"/>
+      <c r="K61" s="102"/>
+      <c r="L61" s="102"/>
+      <c r="M61" s="102"/>
+      <c r="N61" s="102"/>
+      <c r="O61" s="102"/>
+      <c r="P61" s="102"/>
+      <c r="Q61" s="102"/>
+      <c r="R61" s="102"/>
+      <c r="S61" s="102"/>
+      <c r="T61" s="102"/>
+      <c r="U61" s="102"/>
+      <c r="V61" s="102"/>
+      <c r="W61" s="102"/>
+      <c r="X61" s="102"/>
+      <c r="Y61" s="102"/>
+      <c r="Z61" s="102"/>
+      <c r="AA61" s="102"/>
+      <c r="AB61" s="102"/>
+      <c r="AC61" s="102"/>
+      <c r="AD61" s="102"/>
+      <c r="AE61" s="102"/>
+      <c r="AF61" s="102"/>
+      <c r="AG61" s="69"/>
+      <c r="AJ61" s="82"/>
+    </row>
+    <row r="62" spans="2:36" ht="3" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B62" s="31"/>
+      <c r="AJ62" s="82"/>
+    </row>
+    <row r="63" spans="2:36" ht="12.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B63" s="72"/>
+      <c r="D63" s="69"/>
+      <c r="E63" s="34" t="s">
+        <v>127</v>
+      </c>
       <c r="F63" s="34"/>
       <c r="G63" s="34"/>
-      <c r="H63" s="34"/>
       <c r="I63" s="34"/>
       <c r="J63" s="34"/>
       <c r="K63" s="34"/>
       <c r="L63" s="34"/>
       <c r="M63" s="34"/>
-      <c r="N63" s="34"/>
-[...18 lines deleted...]
-      <c r="AG63" s="34"/>
+      <c r="N63" s="69"/>
+      <c r="O63" s="364" t="s">
+        <v>129</v>
+      </c>
+      <c r="P63" s="69"/>
+      <c r="Q63" s="69"/>
+      <c r="R63" s="69"/>
+      <c r="S63" s="69"/>
+      <c r="T63" s="69"/>
+      <c r="U63" s="69"/>
+      <c r="V63" s="69"/>
+      <c r="W63" s="69"/>
+      <c r="X63" s="69"/>
+      <c r="Y63" s="69"/>
+      <c r="Z63" s="69"/>
+      <c r="AA63" s="69"/>
+      <c r="AB63" s="69"/>
+      <c r="AC63" s="69"/>
+      <c r="AD63" s="69"/>
+      <c r="AE63" s="69"/>
+      <c r="AF63" s="69"/>
+      <c r="AG63" s="69"/>
     </row>
-    <row r="64" spans="2:36" ht="12" hidden="1" customHeight="1" thickBot="1">
+    <row r="64" spans="2:36" s="34" customFormat="1" ht="12.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B64" s="31"/>
-      <c r="D64" s="34"/>
-[...28 lines deleted...]
-      <c r="AG64" s="34"/>
+      <c r="D64" s="69"/>
+      <c r="E64" s="237"/>
+      <c r="F64" s="238"/>
+      <c r="G64" s="238"/>
+      <c r="H64" s="238"/>
+      <c r="I64" s="238"/>
+      <c r="J64" s="238"/>
+      <c r="K64" s="238"/>
+      <c r="L64" s="238"/>
+      <c r="M64" s="239"/>
+      <c r="N64" s="69" t="s">
+        <v>130</v>
+      </c>
+      <c r="O64" s="237"/>
+      <c r="P64" s="238"/>
+      <c r="Q64" s="238"/>
+      <c r="R64" s="238"/>
+      <c r="S64" s="238"/>
+      <c r="T64" s="238"/>
+      <c r="U64" s="238"/>
+      <c r="V64" s="238"/>
+      <c r="W64" s="239"/>
+      <c r="X64" s="69"/>
+      <c r="Y64" s="69"/>
+      <c r="Z64" s="69"/>
+      <c r="AA64" s="69"/>
+      <c r="AB64" s="69"/>
+      <c r="AC64" s="69"/>
+      <c r="AD64" s="69"/>
+      <c r="AE64" s="69"/>
+      <c r="AF64" s="69"/>
+      <c r="AG64" s="69"/>
+      <c r="AH64" s="2"/>
     </row>
-    <row r="65" spans="2:33" ht="12" customHeight="1" thickBot="1">
+    <row r="65" spans="2:34" s="34" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B65" s="31"/>
-      <c r="F65" s="34" t="s">
-        <v>46</v>
+      <c r="D65" s="69"/>
+      <c r="E65" s="362"/>
+      <c r="F65" s="362"/>
+      <c r="G65" s="362"/>
+      <c r="H65" s="362"/>
+      <c r="I65" s="362"/>
+      <c r="J65" s="362"/>
+      <c r="K65" s="362"/>
+      <c r="L65" s="362"/>
+      <c r="M65" s="362"/>
+      <c r="N65" s="69"/>
+      <c r="O65" s="363"/>
+      <c r="P65" s="363"/>
+      <c r="Q65" s="363"/>
+      <c r="R65" s="363"/>
+      <c r="S65" s="363"/>
+      <c r="T65" s="363"/>
+      <c r="U65" s="363"/>
+      <c r="V65" s="363"/>
+      <c r="W65" s="363"/>
+      <c r="X65" s="69"/>
+      <c r="Y65" s="69"/>
+      <c r="Z65" s="69"/>
+      <c r="AA65" s="69"/>
+      <c r="AB65" s="69"/>
+      <c r="AC65" s="69"/>
+      <c r="AD65" s="69"/>
+      <c r="AE65" s="69"/>
+      <c r="AF65" s="69"/>
+      <c r="AG65" s="69"/>
+      <c r="AH65" s="2"/>
+    </row>
+    <row r="66" spans="2:34" s="34" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="B66" s="31"/>
+      <c r="D66" s="69"/>
+      <c r="E66" s="166" t="s">
+        <v>128</v>
       </c>
-      <c r="G65" s="34"/>
-[...20 lines deleted...]
-      </c>
+      <c r="F66" s="362"/>
+      <c r="G66" s="362"/>
+      <c r="H66" s="362"/>
+      <c r="I66" s="362"/>
+      <c r="J66" s="362"/>
+      <c r="K66" s="362"/>
+      <c r="L66" s="362"/>
+      <c r="M66" s="362"/>
+      <c r="N66" s="69"/>
+      <c r="O66" s="363"/>
+      <c r="P66" s="363"/>
+      <c r="Q66" s="363"/>
+      <c r="R66" s="363"/>
+      <c r="S66" s="363"/>
+      <c r="T66" s="363"/>
+      <c r="U66" s="363"/>
+      <c r="V66" s="363"/>
+      <c r="W66" s="363"/>
+      <c r="X66" s="69"/>
+      <c r="Y66" s="69"/>
+      <c r="Z66" s="69"/>
+      <c r="AA66" s="69"/>
+      <c r="AB66" s="69"/>
+      <c r="AC66" s="69"/>
+      <c r="AD66" s="69"/>
+      <c r="AE66" s="69"/>
+      <c r="AF66" s="69"/>
+      <c r="AG66" s="69"/>
+      <c r="AH66" s="2"/>
     </row>
-    <row r="66" spans="2:33" ht="4.5" customHeight="1">
-      <c r="B66" s="31"/>
+    <row r="67" spans="2:34" s="34" customFormat="1" ht="4.5" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B67" s="31"/>
+      <c r="D67" s="69"/>
+      <c r="E67" s="362"/>
+      <c r="F67" s="362"/>
+      <c r="G67" s="362"/>
+      <c r="H67" s="362"/>
+      <c r="I67" s="362"/>
+      <c r="J67" s="362"/>
+      <c r="K67" s="362"/>
+      <c r="L67" s="362"/>
+      <c r="M67" s="362"/>
+      <c r="N67" s="69"/>
+      <c r="O67" s="363"/>
+      <c r="P67" s="363"/>
+      <c r="Q67" s="363"/>
+      <c r="R67" s="363"/>
+      <c r="S67" s="363"/>
+      <c r="T67" s="363"/>
+      <c r="U67" s="363"/>
+      <c r="V67" s="363"/>
+      <c r="W67" s="363"/>
+      <c r="X67" s="69"/>
+      <c r="Y67" s="69"/>
+      <c r="Z67" s="69"/>
+      <c r="AA67" s="69"/>
+      <c r="AB67" s="69"/>
+      <c r="AC67" s="69"/>
+      <c r="AD67" s="69"/>
+      <c r="AE67" s="69"/>
+      <c r="AF67" s="69"/>
+      <c r="AG67" s="69"/>
+      <c r="AH67" s="2"/>
     </row>
-    <row r="67" spans="2:33" hidden="1">
-      <c r="B67" s="31"/>
+    <row r="68" spans="2:34" s="34" customFormat="1" hidden="1" x14ac:dyDescent="0.15">
+      <c r="B68" s="31"/>
+      <c r="D68" s="69"/>
+      <c r="E68" s="362"/>
+      <c r="F68" s="362"/>
+      <c r="G68" s="362"/>
+      <c r="H68" s="362"/>
+      <c r="I68" s="362"/>
+      <c r="J68" s="362"/>
+      <c r="K68" s="362"/>
+      <c r="L68" s="362"/>
+      <c r="M68" s="362"/>
+      <c r="N68" s="69"/>
+      <c r="O68" s="363"/>
+      <c r="P68" s="363"/>
+      <c r="Q68" s="363"/>
+      <c r="R68" s="363"/>
+      <c r="S68" s="363"/>
+      <c r="T68" s="363"/>
+      <c r="U68" s="363"/>
+      <c r="V68" s="363"/>
+      <c r="W68" s="363"/>
+      <c r="X68" s="69"/>
+      <c r="Y68" s="69"/>
+      <c r="Z68" s="69"/>
+      <c r="AA68" s="69"/>
+      <c r="AB68" s="69"/>
+      <c r="AC68" s="69"/>
+      <c r="AD68" s="69"/>
+      <c r="AE68" s="69"/>
+      <c r="AF68" s="69"/>
+      <c r="AG68" s="69"/>
+      <c r="AH68" s="2"/>
     </row>
-    <row r="68" spans="2:33" hidden="1">
-      <c r="B68" s="31"/>
+    <row r="69" spans="2:34" s="34" customFormat="1" hidden="1" x14ac:dyDescent="0.15">
+      <c r="B69" s="31"/>
+      <c r="D69" s="69"/>
+      <c r="E69" s="362"/>
+      <c r="F69" s="362"/>
+      <c r="G69" s="362"/>
+      <c r="H69" s="362"/>
+      <c r="I69" s="362"/>
+      <c r="J69" s="362"/>
+      <c r="K69" s="362"/>
+      <c r="L69" s="362"/>
+      <c r="M69" s="362"/>
+      <c r="N69" s="69"/>
+      <c r="O69" s="363"/>
+      <c r="P69" s="363"/>
+      <c r="Q69" s="363"/>
+      <c r="R69" s="363"/>
+      <c r="S69" s="363"/>
+      <c r="T69" s="363"/>
+      <c r="U69" s="363"/>
+      <c r="V69" s="363"/>
+      <c r="W69" s="363"/>
+      <c r="X69" s="69"/>
+      <c r="Y69" s="69"/>
+      <c r="Z69" s="69"/>
+      <c r="AA69" s="69"/>
+      <c r="AB69" s="69"/>
+      <c r="AC69" s="69"/>
+      <c r="AD69" s="69"/>
+      <c r="AE69" s="69"/>
+      <c r="AF69" s="69"/>
+      <c r="AG69" s="69"/>
+      <c r="AH69" s="2"/>
     </row>
-    <row r="69" spans="2:33" hidden="1">
-      <c r="B69" s="31"/>
+    <row r="70" spans="2:34" s="34" customFormat="1" hidden="1" x14ac:dyDescent="0.15">
+      <c r="B70" s="31"/>
+      <c r="D70" s="69"/>
+      <c r="E70" s="362"/>
+      <c r="F70" s="362"/>
+      <c r="G70" s="362"/>
+      <c r="H70" s="362"/>
+      <c r="I70" s="362"/>
+      <c r="J70" s="362"/>
+      <c r="K70" s="362"/>
+      <c r="L70" s="362"/>
+      <c r="M70" s="362"/>
+      <c r="N70" s="69"/>
+      <c r="O70" s="363"/>
+      <c r="P70" s="363"/>
+      <c r="Q70" s="363"/>
+      <c r="R70" s="363"/>
+      <c r="S70" s="363"/>
+      <c r="T70" s="363"/>
+      <c r="U70" s="363"/>
+      <c r="V70" s="363"/>
+      <c r="W70" s="363"/>
+      <c r="X70" s="69"/>
+      <c r="Y70" s="69"/>
+      <c r="Z70" s="69"/>
+      <c r="AA70" s="69"/>
+      <c r="AB70" s="69"/>
+      <c r="AC70" s="69"/>
+      <c r="AD70" s="69"/>
+      <c r="AE70" s="69"/>
+      <c r="AF70" s="69"/>
+      <c r="AG70" s="69"/>
+      <c r="AH70" s="2"/>
     </row>
-    <row r="70" spans="2:33" hidden="1">
-[...2 lines deleted...]
-    <row r="71" spans="2:33" hidden="1">
+    <row r="71" spans="2:34" ht="4.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B71" s="39"/>
     </row>
-    <row r="72" spans="2:33" ht="14.25">
+    <row r="72" spans="2:34" ht="14.25" x14ac:dyDescent="0.15">
       <c r="B72" s="72"/>
       <c r="D72" s="101" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E72" s="103"/>
       <c r="F72" s="103"/>
       <c r="G72" s="103"/>
       <c r="H72" s="103"/>
       <c r="I72" s="103"/>
       <c r="J72" s="104"/>
       <c r="K72" s="104"/>
       <c r="L72" s="104"/>
       <c r="M72" s="104"/>
       <c r="N72" s="104"/>
       <c r="O72" s="104"/>
       <c r="P72" s="104"/>
       <c r="Q72" s="104"/>
       <c r="R72" s="104"/>
       <c r="S72" s="104"/>
       <c r="T72" s="105"/>
       <c r="U72" s="106"/>
       <c r="V72" s="103"/>
       <c r="W72" s="103"/>
       <c r="X72" s="103"/>
       <c r="Y72" s="103"/>
       <c r="Z72" s="103"/>
       <c r="AA72" s="104"/>
       <c r="AB72" s="104"/>
       <c r="AC72" s="104"/>
       <c r="AD72" s="107"/>
       <c r="AE72" s="107"/>
       <c r="AF72" s="108"/>
       <c r="AG72" s="69"/>
     </row>
-    <row r="73" spans="2:33" ht="3" customHeight="1">
+    <row r="73" spans="2:34" ht="3" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B73" s="72"/>
       <c r="D73" s="164"/>
       <c r="E73" s="38"/>
       <c r="F73" s="38"/>
       <c r="G73" s="38"/>
       <c r="H73" s="38"/>
       <c r="I73" s="38"/>
       <c r="J73" s="169"/>
       <c r="K73" s="169"/>
       <c r="L73" s="169"/>
       <c r="M73" s="169"/>
       <c r="N73" s="169"/>
       <c r="O73" s="169"/>
       <c r="P73" s="169"/>
       <c r="Q73" s="169"/>
       <c r="R73" s="169"/>
       <c r="S73" s="169"/>
       <c r="T73" s="41"/>
       <c r="U73" s="70"/>
       <c r="V73" s="38"/>
       <c r="W73" s="38"/>
       <c r="X73" s="38"/>
       <c r="Y73" s="38"/>
       <c r="Z73" s="38"/>
       <c r="AA73" s="169"/>
       <c r="AB73" s="169"/>
       <c r="AC73" s="169"/>
       <c r="AD73" s="71"/>
       <c r="AE73" s="71"/>
     </row>
-    <row r="74" spans="2:33" ht="14.25">
+    <row r="74" spans="2:34" ht="14.25" x14ac:dyDescent="0.15">
       <c r="B74" s="240"/>
       <c r="D74" s="164" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E74" s="38"/>
       <c r="F74" s="38"/>
       <c r="G74" s="38"/>
       <c r="H74" s="38"/>
       <c r="I74" s="38"/>
       <c r="J74" s="169"/>
       <c r="K74" s="169"/>
       <c r="L74" s="169"/>
       <c r="M74" s="169"/>
       <c r="N74" s="169"/>
       <c r="O74" s="169"/>
       <c r="P74" s="169"/>
       <c r="Q74" s="169"/>
       <c r="R74" s="169"/>
       <c r="S74" s="169"/>
       <c r="T74" s="41"/>
       <c r="U74" s="70"/>
       <c r="V74" s="38"/>
       <c r="W74" s="38"/>
       <c r="X74" s="38"/>
       <c r="Y74" s="38"/>
       <c r="Z74" s="38"/>
       <c r="AA74" s="169"/>
       <c r="AB74" s="169"/>
       <c r="AC74" s="169"/>
       <c r="AD74" s="71"/>
       <c r="AE74" s="71"/>
       <c r="AG74" s="171"/>
     </row>
-    <row r="75" spans="2:33">
+    <row r="75" spans="2:34" x14ac:dyDescent="0.15">
       <c r="B75" s="240"/>
       <c r="D75" s="41"/>
       <c r="E75" s="41" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F75" s="38"/>
       <c r="G75" s="38"/>
       <c r="H75" s="38"/>
       <c r="I75" s="38"/>
       <c r="J75" s="169"/>
       <c r="K75" s="169"/>
       <c r="L75" s="169"/>
       <c r="M75" s="169"/>
       <c r="N75" s="169"/>
       <c r="O75" s="169"/>
       <c r="P75" s="169"/>
       <c r="Q75" s="169"/>
       <c r="R75" s="169"/>
       <c r="S75" s="169"/>
       <c r="T75" s="41"/>
       <c r="U75" s="70"/>
       <c r="V75" s="38"/>
       <c r="W75" s="38"/>
       <c r="X75" s="38"/>
       <c r="Y75" s="38"/>
       <c r="Z75" s="38"/>
       <c r="AA75" s="169"/>
       <c r="AB75" s="169"/>
       <c r="AC75" s="169"/>
       <c r="AD75" s="71"/>
       <c r="AE75" s="71"/>
       <c r="AG75" s="172"/>
     </row>
-    <row r="76" spans="2:33">
+    <row r="76" spans="2:34" x14ac:dyDescent="0.15">
       <c r="B76" s="163"/>
       <c r="D76" s="41"/>
       <c r="E76" s="41" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F76" s="38"/>
       <c r="G76" s="38"/>
       <c r="H76" s="38"/>
       <c r="I76" s="38"/>
       <c r="J76" s="169"/>
       <c r="K76" s="169"/>
       <c r="L76" s="169"/>
       <c r="M76" s="169"/>
       <c r="N76" s="169"/>
       <c r="O76" s="169"/>
       <c r="P76" s="169"/>
       <c r="Q76" s="169"/>
       <c r="R76" s="169"/>
       <c r="S76" s="169"/>
       <c r="T76" s="41"/>
       <c r="U76" s="70"/>
       <c r="V76" s="38"/>
       <c r="W76" s="38"/>
       <c r="X76" s="38"/>
       <c r="Y76" s="38"/>
       <c r="Z76" s="38"/>
       <c r="AA76" s="169"/>
       <c r="AB76" s="169"/>
       <c r="AC76" s="169"/>
       <c r="AD76" s="71"/>
       <c r="AE76" s="71"/>
       <c r="AG76" s="172"/>
     </row>
-    <row r="77" spans="2:33">
+    <row r="77" spans="2:34" x14ac:dyDescent="0.15">
       <c r="B77" s="163"/>
       <c r="D77" s="41"/>
       <c r="E77" s="41" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F77" s="38"/>
       <c r="G77" s="38"/>
       <c r="H77" s="38"/>
       <c r="I77" s="38"/>
       <c r="J77" s="169"/>
       <c r="K77" s="169"/>
       <c r="L77" s="169"/>
       <c r="M77" s="169"/>
       <c r="N77" s="169"/>
       <c r="O77" s="169"/>
       <c r="P77" s="169"/>
       <c r="Q77" s="169"/>
       <c r="R77" s="169"/>
       <c r="S77" s="169"/>
       <c r="T77" s="41"/>
       <c r="U77" s="70"/>
       <c r="V77" s="38"/>
       <c r="W77" s="38"/>
       <c r="X77" s="38"/>
       <c r="Y77" s="38"/>
       <c r="Z77" s="38"/>
       <c r="AA77" s="169"/>
       <c r="AB77" s="169"/>
       <c r="AC77" s="169"/>
       <c r="AD77" s="71"/>
       <c r="AE77" s="71"/>
       <c r="AG77" s="172"/>
     </row>
-    <row r="78" spans="2:33">
+    <row r="78" spans="2:34" x14ac:dyDescent="0.15">
       <c r="B78" s="163"/>
       <c r="D78" s="41"/>
       <c r="E78" s="41" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="G78" s="38"/>
       <c r="H78" s="38"/>
       <c r="I78" s="38"/>
       <c r="J78" s="169"/>
       <c r="K78" s="169"/>
       <c r="L78" s="169"/>
       <c r="M78" s="169"/>
       <c r="N78" s="169"/>
       <c r="O78" s="41" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="P78" s="169"/>
       <c r="R78" s="169"/>
       <c r="S78" s="169"/>
       <c r="T78" s="41"/>
       <c r="U78" s="70"/>
       <c r="V78" s="38"/>
       <c r="W78" s="38"/>
       <c r="X78" s="38"/>
       <c r="Y78" s="38"/>
       <c r="Z78" s="38"/>
       <c r="AA78" s="169"/>
       <c r="AB78" s="169"/>
       <c r="AC78" s="169"/>
       <c r="AD78" s="71"/>
       <c r="AE78" s="71"/>
       <c r="AG78" s="172"/>
     </row>
-    <row r="79" spans="2:33">
+    <row r="79" spans="2:34" x14ac:dyDescent="0.15">
       <c r="B79" s="163"/>
       <c r="D79" s="41"/>
       <c r="E79" s="38"/>
       <c r="G79" s="38"/>
       <c r="H79" s="38"/>
       <c r="I79" s="38"/>
       <c r="J79" s="169"/>
       <c r="K79" s="169"/>
       <c r="L79" s="169"/>
       <c r="M79" s="169"/>
       <c r="N79" s="169"/>
       <c r="O79" s="41" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="P79" s="169"/>
       <c r="R79" s="169"/>
       <c r="S79" s="169"/>
       <c r="T79" s="41"/>
       <c r="U79" s="70"/>
       <c r="V79" s="38"/>
       <c r="W79" s="38"/>
       <c r="X79" s="38"/>
       <c r="Y79" s="38"/>
       <c r="Z79" s="38"/>
       <c r="AA79" s="169"/>
       <c r="AB79" s="169"/>
       <c r="AC79" s="169"/>
       <c r="AD79" s="71"/>
       <c r="AE79" s="71"/>
       <c r="AG79" s="172"/>
     </row>
-    <row r="80" spans="2:33" ht="3" customHeight="1">
+    <row r="80" spans="2:34" ht="3" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B80" s="163"/>
       <c r="D80" s="41"/>
       <c r="E80" s="38"/>
       <c r="F80" s="41"/>
       <c r="G80" s="38"/>
       <c r="H80" s="38"/>
       <c r="I80" s="38"/>
       <c r="J80" s="169"/>
       <c r="K80" s="169"/>
       <c r="L80" s="169"/>
       <c r="M80" s="169"/>
       <c r="N80" s="169"/>
       <c r="O80" s="169"/>
       <c r="P80" s="169"/>
       <c r="Q80" s="169"/>
       <c r="R80" s="169"/>
       <c r="S80" s="169"/>
       <c r="T80" s="41"/>
       <c r="U80" s="70"/>
       <c r="V80" s="38"/>
       <c r="W80" s="38"/>
       <c r="X80" s="38"/>
       <c r="Y80" s="38"/>
       <c r="Z80" s="38"/>
       <c r="AA80" s="169"/>
       <c r="AB80" s="169"/>
       <c r="AC80" s="169"/>
       <c r="AD80" s="71"/>
       <c r="AE80" s="71"/>
       <c r="AG80" s="172"/>
     </row>
-    <row r="81" spans="1:37">
+    <row r="81" spans="1:37" x14ac:dyDescent="0.15">
       <c r="B81" s="163"/>
       <c r="D81" s="16" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="AC81" s="169"/>
       <c r="AD81" s="71"/>
       <c r="AE81" s="71"/>
       <c r="AG81" s="172"/>
     </row>
-    <row r="82" spans="1:37">
+    <row r="82" spans="1:37" x14ac:dyDescent="0.15">
       <c r="B82" s="163"/>
       <c r="E82" s="2" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="AC82" s="169"/>
       <c r="AD82" s="71"/>
       <c r="AE82" s="71"/>
       <c r="AG82" s="172"/>
     </row>
-    <row r="83" spans="1:37" ht="3" customHeight="1">
+    <row r="83" spans="1:37" ht="3" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B83" s="163"/>
       <c r="D83" s="41"/>
       <c r="E83" s="38"/>
       <c r="F83" s="41"/>
       <c r="G83" s="38"/>
       <c r="H83" s="38"/>
       <c r="I83" s="38"/>
       <c r="J83" s="169"/>
       <c r="K83" s="169"/>
       <c r="L83" s="169"/>
       <c r="M83" s="169"/>
       <c r="N83" s="169"/>
       <c r="O83" s="169"/>
       <c r="P83" s="169"/>
       <c r="Q83" s="169"/>
       <c r="R83" s="169"/>
       <c r="S83" s="169"/>
       <c r="T83" s="41"/>
       <c r="U83" s="70"/>
       <c r="V83" s="38"/>
       <c r="W83" s="38"/>
       <c r="X83" s="38"/>
       <c r="Y83" s="38"/>
       <c r="Z83" s="38"/>
       <c r="AA83" s="169"/>
       <c r="AB83" s="169"/>
       <c r="AC83" s="169"/>
       <c r="AD83" s="71"/>
       <c r="AE83" s="71"/>
       <c r="AG83" s="172"/>
     </row>
-    <row r="84" spans="1:37">
+    <row r="84" spans="1:37" x14ac:dyDescent="0.15">
       <c r="B84" s="163"/>
       <c r="D84" s="16" t="s">
-        <v>58</v>
+        <v>123</v>
       </c>
       <c r="E84" s="69"/>
       <c r="F84" s="69"/>
       <c r="G84" s="69"/>
       <c r="H84" s="69"/>
       <c r="I84" s="69"/>
       <c r="J84" s="69"/>
       <c r="K84" s="69"/>
       <c r="L84" s="69"/>
       <c r="M84" s="69"/>
       <c r="N84" s="69"/>
       <c r="O84" s="69"/>
       <c r="P84" s="69"/>
       <c r="Q84" s="69"/>
       <c r="R84" s="69"/>
       <c r="S84" s="69"/>
       <c r="T84" s="69"/>
       <c r="U84" s="69"/>
       <c r="V84" s="69"/>
       <c r="W84" s="69"/>
       <c r="X84" s="69"/>
       <c r="Y84" s="69"/>
       <c r="Z84" s="69"/>
       <c r="AA84" s="69"/>
       <c r="AB84" s="69"/>
       <c r="AG84" s="172"/>
     </row>
-    <row r="85" spans="1:37">
+    <row r="85" spans="1:37" x14ac:dyDescent="0.15">
       <c r="B85" s="163"/>
       <c r="D85" s="69"/>
       <c r="E85" s="2" t="s">
-        <v>59</v>
+        <v>124</v>
       </c>
       <c r="AG85" s="172"/>
     </row>
-    <row r="86" spans="1:37">
+    <row r="86" spans="1:37" hidden="1" x14ac:dyDescent="0.15">
       <c r="B86" s="163"/>
       <c r="D86" s="41"/>
-      <c r="E86" s="41" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E86" s="41"/>
       <c r="F86" s="38"/>
       <c r="G86" s="38"/>
       <c r="H86" s="38"/>
       <c r="I86" s="38"/>
       <c r="J86" s="38"/>
       <c r="K86" s="38"/>
       <c r="L86" s="38"/>
       <c r="M86" s="38"/>
       <c r="N86" s="38"/>
       <c r="O86" s="38"/>
       <c r="P86" s="38"/>
       <c r="Q86" s="38"/>
       <c r="R86" s="38"/>
       <c r="S86" s="41"/>
       <c r="T86" s="41"/>
       <c r="U86" s="41"/>
       <c r="V86" s="41"/>
       <c r="W86" s="41"/>
       <c r="AG86" s="172"/>
     </row>
-    <row r="87" spans="1:37" ht="3" customHeight="1">
+    <row r="87" spans="1:37" ht="3" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B87" s="31"/>
     </row>
-    <row r="88" spans="1:37" s="34" customFormat="1" hidden="1">
+    <row r="88" spans="1:37" s="34" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B88" s="31"/>
+      <c r="D88" s="16" t="s">
+        <v>122</v>
+      </c>
+      <c r="E88" s="69"/>
       <c r="AJ88" s="110"/>
     </row>
-    <row r="89" spans="1:37" s="34" customFormat="1" hidden="1">
+    <row r="89" spans="1:37" s="34" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B89" s="31"/>
+      <c r="D89" s="69"/>
+      <c r="E89" s="2" t="s">
+        <v>56</v>
+      </c>
     </row>
-    <row r="90" spans="1:37" hidden="1">
+    <row r="90" spans="1:37" x14ac:dyDescent="0.15">
       <c r="B90" s="31"/>
+      <c r="D90" s="41"/>
+      <c r="E90" s="41" t="s">
+        <v>57</v>
+      </c>
     </row>
-    <row r="91" spans="1:37" ht="6" customHeight="1">
+    <row r="91" spans="1:37" ht="6" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B91" s="42"/>
       <c r="U91" s="38"/>
       <c r="V91" s="38"/>
       <c r="W91" s="38"/>
       <c r="X91" s="38"/>
       <c r="Y91" s="38"/>
       <c r="Z91" s="38"/>
       <c r="AA91" s="38"/>
       <c r="AB91" s="38"/>
       <c r="AC91" s="38"/>
       <c r="AD91" s="38"/>
       <c r="AE91" s="38"/>
       <c r="AF91" s="38"/>
       <c r="AG91" s="38"/>
     </row>
-    <row r="92" spans="1:37" s="44" customFormat="1" ht="18" customHeight="1">
+    <row r="92" spans="1:37" s="44" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A92" s="43"/>
       <c r="B92" s="142" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="C92" s="143"/>
       <c r="D92" s="143"/>
       <c r="E92" s="142"/>
       <c r="F92" s="142"/>
       <c r="G92" s="144"/>
       <c r="H92" s="142"/>
       <c r="I92" s="145"/>
       <c r="J92" s="142"/>
       <c r="K92" s="142"/>
       <c r="L92" s="142"/>
       <c r="M92" s="142"/>
       <c r="N92" s="142"/>
       <c r="O92" s="142"/>
       <c r="P92" s="142"/>
       <c r="Q92" s="142"/>
       <c r="R92" s="142"/>
       <c r="S92" s="142"/>
       <c r="T92" s="142"/>
       <c r="U92" s="146"/>
       <c r="V92" s="146"/>
       <c r="W92" s="146"/>
       <c r="X92" s="146"/>
       <c r="Y92" s="146"/>
       <c r="Z92" s="146"/>
       <c r="AA92" s="146"/>
       <c r="AB92" s="146"/>
       <c r="AC92" s="146"/>
       <c r="AD92" s="146"/>
       <c r="AE92" s="146"/>
       <c r="AF92" s="146"/>
       <c r="AG92" s="146"/>
       <c r="AH92" s="2"/>
     </row>
-    <row r="93" spans="1:37" s="44" customFormat="1" ht="3" customHeight="1">
+    <row r="93" spans="1:37" s="44" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A93" s="43"/>
       <c r="B93" s="143"/>
       <c r="C93" s="32"/>
       <c r="D93" s="32"/>
       <c r="E93" s="111"/>
       <c r="F93" s="111"/>
       <c r="G93" s="111"/>
       <c r="H93" s="111"/>
       <c r="I93" s="112"/>
       <c r="J93" s="111"/>
       <c r="K93" s="111"/>
       <c r="L93" s="111"/>
       <c r="M93" s="111"/>
       <c r="N93" s="111"/>
       <c r="O93" s="111"/>
       <c r="P93" s="111"/>
       <c r="Q93" s="111"/>
       <c r="R93" s="111"/>
       <c r="S93" s="111"/>
       <c r="T93" s="111"/>
       <c r="AH93" s="2"/>
     </row>
-    <row r="94" spans="1:37" s="44" customFormat="1" ht="18" customHeight="1">
+    <row r="94" spans="1:37" s="44" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B94" s="147"/>
       <c r="C94" s="16"/>
       <c r="D94" s="2" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E94" s="113"/>
       <c r="F94" s="113"/>
       <c r="G94" s="113"/>
       <c r="H94" s="113"/>
       <c r="I94" s="114"/>
       <c r="J94" s="113"/>
       <c r="K94" s="113"/>
       <c r="L94" s="113"/>
       <c r="M94" s="113"/>
       <c r="N94" s="113"/>
       <c r="O94" s="113"/>
       <c r="P94" s="113"/>
       <c r="Q94" s="113"/>
       <c r="R94" s="113"/>
       <c r="S94" s="113"/>
       <c r="T94" s="115"/>
       <c r="U94" s="116"/>
       <c r="V94" s="116"/>
       <c r="W94" s="116"/>
       <c r="X94" s="116"/>
       <c r="Y94" s="116"/>
       <c r="Z94" s="116"/>
       <c r="AA94" s="119" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="AB94" s="241"/>
       <c r="AC94" s="242"/>
       <c r="AD94" s="242"/>
       <c r="AE94" s="242"/>
       <c r="AF94" s="242"/>
       <c r="AG94" s="243"/>
       <c r="AH94" s="2"/>
     </row>
-    <row r="95" spans="1:37" ht="18" customHeight="1">
+    <row r="95" spans="1:37" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B95" s="148"/>
       <c r="C95" s="88"/>
       <c r="D95" s="244" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="E95" s="245"/>
       <c r="F95" s="245"/>
       <c r="G95" s="245"/>
       <c r="H95" s="245"/>
       <c r="I95" s="246"/>
       <c r="J95" s="247"/>
       <c r="K95" s="248"/>
       <c r="L95" s="248"/>
       <c r="M95" s="248"/>
       <c r="N95" s="248"/>
       <c r="O95" s="248"/>
       <c r="P95" s="248"/>
       <c r="Q95" s="248"/>
       <c r="R95" s="248"/>
       <c r="S95" s="249"/>
       <c r="T95" s="244" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="U95" s="245"/>
       <c r="V95" s="245"/>
       <c r="W95" s="245"/>
       <c r="X95" s="246"/>
       <c r="Y95" s="250"/>
       <c r="Z95" s="251"/>
       <c r="AA95" s="251"/>
       <c r="AB95" s="251"/>
       <c r="AC95" s="251"/>
       <c r="AD95" s="251"/>
       <c r="AE95" s="251"/>
       <c r="AF95" s="251"/>
       <c r="AG95" s="252"/>
       <c r="AH95" s="41"/>
       <c r="AI95" s="40"/>
       <c r="AJ95" s="40"/>
       <c r="AK95" s="40"/>
     </row>
-    <row r="96" spans="1:37" ht="18" customHeight="1">
+    <row r="96" spans="1:37" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B96" s="148"/>
       <c r="C96" s="88"/>
       <c r="D96" s="244" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="E96" s="245"/>
       <c r="F96" s="246"/>
-      <c r="G96" s="262"/>
-[...11 lines deleted...]
-      <c r="S96" s="264"/>
+      <c r="G96" s="259"/>
+      <c r="H96" s="260"/>
+      <c r="I96" s="260"/>
+      <c r="J96" s="260"/>
+      <c r="K96" s="260"/>
+      <c r="L96" s="260"/>
+      <c r="M96" s="260"/>
+      <c r="N96" s="260"/>
+      <c r="O96" s="260"/>
+      <c r="P96" s="260"/>
+      <c r="Q96" s="260"/>
+      <c r="R96" s="260"/>
+      <c r="S96" s="261"/>
       <c r="T96" s="244" t="s">
         <v>15</v>
       </c>
       <c r="U96" s="246"/>
       <c r="V96" s="250"/>
       <c r="W96" s="251"/>
       <c r="X96" s="251"/>
       <c r="Y96" s="251"/>
       <c r="Z96" s="251"/>
       <c r="AA96" s="251"/>
       <c r="AB96" s="251"/>
       <c r="AC96" s="251"/>
       <c r="AD96" s="251"/>
       <c r="AE96" s="251"/>
       <c r="AF96" s="251"/>
       <c r="AG96" s="252"/>
       <c r="AH96" s="41"/>
       <c r="AI96" s="40"/>
       <c r="AJ96" s="40"/>
       <c r="AK96" s="40"/>
     </row>
-    <row r="97" spans="1:37" ht="18" customHeight="1">
+    <row r="97" spans="1:37" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B97" s="148"/>
       <c r="C97" s="88"/>
-      <c r="D97" s="265" t="s">
-        <v>67</v>
+      <c r="D97" s="262" t="s">
+        <v>64</v>
       </c>
-      <c r="E97" s="266"/>
-[...13 lines deleted...]
-      <c r="S97" s="270"/>
+      <c r="E97" s="263"/>
+      <c r="F97" s="264"/>
+      <c r="G97" s="265"/>
+      <c r="H97" s="266"/>
+      <c r="I97" s="266"/>
+      <c r="J97" s="266"/>
+      <c r="K97" s="266"/>
+      <c r="L97" s="266"/>
+      <c r="M97" s="266"/>
+      <c r="N97" s="266"/>
+      <c r="O97" s="266"/>
+      <c r="P97" s="266"/>
+      <c r="Q97" s="266"/>
+      <c r="R97" s="266"/>
+      <c r="S97" s="267"/>
       <c r="T97" s="244" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="U97" s="246"/>
       <c r="V97" s="250"/>
       <c r="W97" s="251"/>
       <c r="X97" s="251"/>
       <c r="Y97" s="251"/>
       <c r="Z97" s="251"/>
       <c r="AA97" s="251"/>
       <c r="AB97" s="251"/>
       <c r="AC97" s="251"/>
       <c r="AD97" s="251"/>
       <c r="AE97" s="251"/>
       <c r="AF97" s="251"/>
       <c r="AG97" s="252"/>
       <c r="AH97" s="41"/>
       <c r="AI97" s="40"/>
       <c r="AJ97" s="40"/>
       <c r="AK97" s="40"/>
     </row>
-    <row r="98" spans="1:37" ht="14.25">
+    <row r="98" spans="1:37" ht="14.25" x14ac:dyDescent="0.25">
       <c r="A98" s="43"/>
       <c r="B98" s="148"/>
       <c r="C98" s="129"/>
       <c r="D98" s="149"/>
       <c r="E98" s="131"/>
       <c r="F98" s="131"/>
       <c r="G98" s="131"/>
       <c r="H98" s="131"/>
       <c r="I98" s="131"/>
       <c r="J98" s="131"/>
       <c r="K98" s="131"/>
       <c r="L98" s="131"/>
       <c r="M98" s="131"/>
       <c r="N98" s="131"/>
       <c r="O98" s="131"/>
       <c r="P98" s="131"/>
       <c r="Q98" s="131"/>
       <c r="R98" s="131"/>
       <c r="S98" s="131"/>
       <c r="T98" s="131"/>
       <c r="U98" s="131"/>
       <c r="V98" s="131"/>
       <c r="W98" s="131"/>
       <c r="X98" s="131"/>
       <c r="Y98" s="131"/>
       <c r="Z98" s="131"/>
       <c r="AA98" s="131"/>
       <c r="AB98" s="131"/>
       <c r="AC98" s="131"/>
       <c r="AD98" s="131"/>
       <c r="AE98" s="131"/>
       <c r="AF98" s="131"/>
       <c r="AG98" s="131"/>
     </row>
-    <row r="99" spans="1:37" ht="18" customHeight="1">
+    <row r="99" spans="1:37" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A99" s="43"/>
       <c r="B99" s="148"/>
       <c r="C99" s="129"/>
       <c r="D99" s="150" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="E99" s="142"/>
       <c r="F99" s="142"/>
       <c r="G99" s="142"/>
       <c r="H99" s="142"/>
       <c r="I99" s="142"/>
       <c r="J99" s="142"/>
       <c r="K99" s="142"/>
       <c r="L99" s="142"/>
       <c r="M99" s="142"/>
       <c r="N99" s="142"/>
       <c r="O99" s="142"/>
       <c r="P99" s="142"/>
       <c r="Q99" s="142"/>
       <c r="R99" s="142"/>
       <c r="S99" s="142"/>
       <c r="T99" s="142"/>
       <c r="U99" s="142"/>
       <c r="V99" s="142"/>
       <c r="W99" s="142"/>
       <c r="X99" s="142"/>
       <c r="Y99" s="142"/>
       <c r="Z99" s="142"/>
       <c r="AA99" s="142"/>
       <c r="AB99" s="142"/>
       <c r="AC99" s="142"/>
       <c r="AD99" s="142"/>
       <c r="AE99" s="142"/>
       <c r="AF99" s="142"/>
       <c r="AG99" s="45"/>
     </row>
-    <row r="100" spans="1:37" ht="18" customHeight="1">
+    <row r="100" spans="1:37" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A100" s="43"/>
       <c r="B100" s="148"/>
       <c r="C100" s="129"/>
       <c r="D100" s="151" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="E100" s="45"/>
       <c r="F100" s="45"/>
       <c r="G100" s="45"/>
       <c r="H100" s="45"/>
       <c r="I100" s="45"/>
       <c r="J100" s="45"/>
       <c r="K100" s="45"/>
       <c r="L100" s="45"/>
       <c r="M100" s="45"/>
       <c r="N100" s="45"/>
       <c r="O100" s="45"/>
       <c r="P100" s="45"/>
       <c r="Q100" s="45"/>
       <c r="R100" s="45"/>
       <c r="S100" s="45"/>
       <c r="T100" s="45"/>
       <c r="U100" s="45"/>
       <c r="V100" s="45"/>
       <c r="W100" s="45"/>
       <c r="X100" s="45"/>
       <c r="Y100" s="45"/>
       <c r="Z100" s="45"/>
       <c r="AA100" s="45"/>
       <c r="AB100" s="45"/>
       <c r="AC100" s="45"/>
       <c r="AD100" s="45"/>
       <c r="AE100" s="45"/>
       <c r="AF100" s="45"/>
       <c r="AG100" s="45"/>
     </row>
-    <row r="101" spans="1:37" ht="18" customHeight="1">
+    <row r="101" spans="1:37" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A101" s="35"/>
       <c r="B101" s="148"/>
       <c r="C101" s="129"/>
       <c r="D101" s="244" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="E101" s="245"/>
       <c r="F101" s="246"/>
-      <c r="G101" s="271" t="str">
+      <c r="G101" s="268" t="str">
         <f>IF($G$96="","",$G$96)</f>
         <v/>
       </c>
-      <c r="H101" s="272"/>
-[...10 lines deleted...]
-      <c r="S101" s="273"/>
+      <c r="H101" s="269"/>
+      <c r="I101" s="269"/>
+      <c r="J101" s="269"/>
+      <c r="K101" s="269"/>
+      <c r="L101" s="269"/>
+      <c r="M101" s="269"/>
+      <c r="N101" s="269"/>
+      <c r="O101" s="269"/>
+      <c r="P101" s="269"/>
+      <c r="Q101" s="269"/>
+      <c r="R101" s="269"/>
+      <c r="S101" s="270"/>
       <c r="T101" s="244" t="s">
         <v>15</v>
       </c>
       <c r="U101" s="246"/>
       <c r="V101" s="250"/>
       <c r="W101" s="251"/>
       <c r="X101" s="251"/>
       <c r="Y101" s="251"/>
       <c r="Z101" s="251"/>
       <c r="AA101" s="251"/>
       <c r="AB101" s="251"/>
       <c r="AC101" s="251"/>
       <c r="AD101" s="251"/>
       <c r="AE101" s="251"/>
       <c r="AF101" s="251"/>
       <c r="AG101" s="252"/>
     </row>
-    <row r="102" spans="1:37" ht="18" customHeight="1">
+    <row r="102" spans="1:37" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A102" s="48"/>
       <c r="B102" s="148"/>
       <c r="C102" s="129"/>
-      <c r="D102" s="265" t="s">
-        <v>71</v>
+      <c r="D102" s="262" t="s">
+        <v>68</v>
       </c>
-      <c r="E102" s="266"/>
-[...13 lines deleted...]
-      <c r="S102" s="270"/>
+      <c r="E102" s="263"/>
+      <c r="F102" s="264"/>
+      <c r="G102" s="265"/>
+      <c r="H102" s="266"/>
+      <c r="I102" s="266"/>
+      <c r="J102" s="266"/>
+      <c r="K102" s="266"/>
+      <c r="L102" s="266"/>
+      <c r="M102" s="266"/>
+      <c r="N102" s="266"/>
+      <c r="O102" s="266"/>
+      <c r="P102" s="266"/>
+      <c r="Q102" s="266"/>
+      <c r="R102" s="266"/>
+      <c r="S102" s="267"/>
       <c r="T102" s="244" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="U102" s="246"/>
       <c r="V102" s="250"/>
       <c r="W102" s="251"/>
       <c r="X102" s="251"/>
       <c r="Y102" s="251"/>
       <c r="Z102" s="251"/>
       <c r="AA102" s="251"/>
       <c r="AB102" s="251"/>
       <c r="AC102" s="251"/>
       <c r="AD102" s="251"/>
       <c r="AE102" s="251"/>
       <c r="AF102" s="251"/>
       <c r="AG102" s="252"/>
     </row>
-    <row r="103" spans="1:37" ht="17.25" customHeight="1">
+    <row r="103" spans="1:37" ht="17.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A103" s="48"/>
       <c r="B103" s="148"/>
       <c r="C103" s="129"/>
       <c r="D103" s="130"/>
       <c r="E103" s="130"/>
       <c r="F103" s="130"/>
       <c r="G103" s="130"/>
       <c r="H103" s="130"/>
       <c r="I103" s="130"/>
       <c r="J103" s="130"/>
       <c r="K103" s="130"/>
       <c r="L103" s="130"/>
       <c r="M103" s="130"/>
       <c r="N103" s="130"/>
       <c r="O103" s="130"/>
       <c r="P103" s="130"/>
       <c r="Q103" s="130"/>
       <c r="R103" s="130"/>
       <c r="S103" s="130"/>
       <c r="T103" s="130"/>
       <c r="U103" s="130"/>
       <c r="V103" s="47"/>
       <c r="W103" s="47"/>
       <c r="X103" s="47"/>
       <c r="Y103" s="47"/>
       <c r="Z103" s="47"/>
       <c r="AA103" s="47"/>
       <c r="AB103" s="47"/>
       <c r="AC103" s="47"/>
       <c r="AD103" s="47"/>
       <c r="AE103" s="47"/>
       <c r="AF103" s="47"/>
       <c r="AG103" s="47"/>
     </row>
-    <row r="104" spans="1:37" s="141" customFormat="1" ht="18" customHeight="1">
+    <row r="104" spans="1:37" s="141" customFormat="1" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A104" s="139"/>
       <c r="B104" s="152"/>
       <c r="C104" s="140"/>
-      <c r="D104" s="258" t="s">
-        <v>72</v>
+      <c r="D104" s="255" t="s">
+        <v>69</v>
       </c>
-      <c r="E104" s="259"/>
-[...5 lines deleted...]
-      <c r="K104" s="260"/>
+      <c r="E104" s="256"/>
+      <c r="F104" s="256"/>
+      <c r="G104" s="256"/>
+      <c r="H104" s="256"/>
+      <c r="I104" s="256"/>
+      <c r="J104" s="256"/>
+      <c r="K104" s="257"/>
       <c r="L104" s="153"/>
       <c r="M104" s="153"/>
       <c r="N104" s="153"/>
       <c r="O104" s="153"/>
       <c r="P104" s="153"/>
       <c r="Q104" s="153"/>
       <c r="R104" s="153"/>
       <c r="S104" s="153"/>
-      <c r="T104" s="261" t="s">
-        <v>73</v>
+      <c r="T104" s="258" t="s">
+        <v>70</v>
       </c>
-      <c r="U104" s="261"/>
-[...11 lines deleted...]
-      <c r="AG104" s="261"/>
+      <c r="U104" s="258"/>
+      <c r="V104" s="258"/>
+      <c r="W104" s="258"/>
+      <c r="X104" s="258"/>
+      <c r="Y104" s="258"/>
+      <c r="Z104" s="258"/>
+      <c r="AA104" s="258"/>
+      <c r="AB104" s="258"/>
+      <c r="AC104" s="258"/>
+      <c r="AD104" s="258"/>
+      <c r="AE104" s="258"/>
+      <c r="AF104" s="258"/>
+      <c r="AG104" s="258"/>
     </row>
-    <row r="105" spans="1:37">
+    <row r="105" spans="1:37" x14ac:dyDescent="0.2">
       <c r="B105" s="152"/>
       <c r="D105" s="49" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="E105" s="50"/>
       <c r="F105" s="50"/>
       <c r="G105" s="50"/>
       <c r="H105" s="50"/>
       <c r="I105" s="50"/>
       <c r="J105" s="50"/>
       <c r="K105" s="50"/>
       <c r="L105" s="50"/>
       <c r="M105" s="50"/>
       <c r="N105" s="50"/>
       <c r="O105" s="50"/>
       <c r="P105" s="50"/>
       <c r="Q105" s="50"/>
       <c r="R105" s="50"/>
       <c r="S105" s="50"/>
       <c r="T105" s="50"/>
       <c r="U105" s="50"/>
       <c r="V105" s="51"/>
       <c r="W105" s="51"/>
       <c r="X105" s="51"/>
       <c r="Y105" s="51"/>
       <c r="Z105" s="51"/>
       <c r="AA105" s="51"/>
       <c r="AB105" s="51"/>
       <c r="AC105" s="51"/>
       <c r="AD105" s="51"/>
       <c r="AE105" s="51"/>
       <c r="AF105" s="52"/>
       <c r="AG105" s="80"/>
     </row>
-    <row r="106" spans="1:37" s="126" customFormat="1">
+    <row r="106" spans="1:37" s="126" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B106" s="55" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="C106" s="55"/>
       <c r="D106" s="55"/>
       <c r="E106" s="55"/>
       <c r="F106" s="55"/>
       <c r="G106" s="55" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="H106" s="55"/>
       <c r="I106" s="55"/>
       <c r="J106" s="55"/>
       <c r="K106" s="55"/>
       <c r="L106" s="55"/>
       <c r="M106" s="55"/>
       <c r="N106" s="55"/>
       <c r="O106" s="55">
         <v>0</v>
       </c>
       <c r="P106" s="55"/>
       <c r="Q106" s="55"/>
       <c r="R106" s="55"/>
       <c r="S106" s="55"/>
       <c r="T106" s="55"/>
       <c r="U106" s="55"/>
       <c r="V106" s="55"/>
       <c r="W106" s="55"/>
       <c r="X106" s="55"/>
       <c r="Y106" s="55"/>
       <c r="Z106" s="55"/>
       <c r="AA106" s="55"/>
     </row>
-    <row r="107" spans="1:37" s="126" customFormat="1">
+    <row r="107" spans="1:37" s="126" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B107" s="55"/>
       <c r="C107" s="55"/>
       <c r="D107" s="55"/>
       <c r="E107" s="55"/>
       <c r="F107" s="55"/>
       <c r="G107" s="55"/>
       <c r="H107" s="55"/>
       <c r="I107" s="55"/>
       <c r="J107" s="55"/>
       <c r="K107" s="55"/>
       <c r="L107" s="55"/>
       <c r="M107" s="55"/>
       <c r="N107" s="55"/>
       <c r="O107" s="55"/>
       <c r="P107" s="55"/>
       <c r="Q107" s="55"/>
       <c r="R107" s="55"/>
       <c r="S107" s="55"/>
       <c r="T107" s="55"/>
       <c r="U107" s="55"/>
       <c r="V107" s="55"/>
       <c r="W107" s="55"/>
       <c r="X107" s="55"/>
       <c r="Y107" s="55"/>
       <c r="Z107" s="55"/>
       <c r="AA107" s="55"/>
     </row>
-    <row r="108" spans="1:37" s="126" customFormat="1">
+    <row r="108" spans="1:37" s="126" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B108" s="55"/>
       <c r="C108" s="55"/>
       <c r="D108" s="55"/>
       <c r="E108" s="55"/>
       <c r="F108" s="55"/>
       <c r="G108" s="55"/>
       <c r="H108" s="55"/>
       <c r="I108" s="55"/>
       <c r="J108" s="55"/>
       <c r="K108" s="55"/>
       <c r="L108" s="55"/>
       <c r="M108" s="55"/>
       <c r="N108" s="55"/>
       <c r="O108" s="55"/>
       <c r="P108" s="55"/>
       <c r="Q108" s="55"/>
       <c r="R108" s="55"/>
       <c r="S108" s="55"/>
       <c r="T108" s="55"/>
       <c r="U108" s="55"/>
       <c r="V108" s="55"/>
       <c r="W108" s="55"/>
       <c r="X108" s="55"/>
       <c r="Y108" s="55"/>
       <c r="Z108" s="55"/>
       <c r="AA108" s="55"/>
     </row>
-    <row r="109" spans="1:37" s="126" customFormat="1">
+    <row r="109" spans="1:37" s="126" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B109" s="55" t="s">
         <v>24</v>
       </c>
       <c r="C109" s="55"/>
       <c r="D109" s="55"/>
       <c r="E109" s="55"/>
       <c r="F109" s="55"/>
       <c r="G109" s="55" t="s">
         <v>28</v>
       </c>
       <c r="H109" s="55"/>
       <c r="I109" s="55"/>
       <c r="J109" s="55"/>
       <c r="K109" s="55"/>
       <c r="L109" s="55"/>
       <c r="M109" s="174" t="b">
         <v>0</v>
       </c>
       <c r="N109" s="174"/>
       <c r="O109" s="174"/>
       <c r="P109" s="174"/>
       <c r="Q109" s="174"/>
       <c r="R109" s="55"/>
       <c r="S109" s="55"/>
       <c r="T109" s="55"/>
       <c r="U109" s="55"/>
       <c r="V109" s="55"/>
       <c r="W109" s="55"/>
       <c r="X109" s="55"/>
       <c r="Y109" s="55"/>
       <c r="Z109" s="55"/>
       <c r="AA109" s="55"/>
     </row>
-    <row r="110" spans="1:37" s="126" customFormat="1" ht="13.5" customHeight="1">
+    <row r="110" spans="1:37" s="126" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B110" s="55" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C110" s="55"/>
       <c r="D110" s="55"/>
       <c r="E110" s="55"/>
       <c r="F110" s="55"/>
       <c r="G110" s="55" t="s">
         <v>28</v>
       </c>
       <c r="H110" s="55"/>
       <c r="I110" s="55"/>
       <c r="J110" s="55"/>
       <c r="K110" s="55"/>
       <c r="L110" s="55"/>
       <c r="M110" s="174" t="b">
         <v>0</v>
       </c>
       <c r="N110" s="174"/>
       <c r="O110" s="174"/>
       <c r="P110" s="174"/>
       <c r="Q110" s="174"/>
       <c r="R110" s="55"/>
       <c r="S110" s="55"/>
       <c r="T110" s="55"/>
       <c r="U110" s="55"/>
       <c r="V110" s="55"/>
       <c r="W110" s="55"/>
       <c r="X110" s="55"/>
       <c r="Y110" s="55"/>
       <c r="Z110" s="55"/>
       <c r="AA110" s="55"/>
     </row>
-    <row r="111" spans="1:37" s="126" customFormat="1">
+    <row r="111" spans="1:37" s="126" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B111" s="55"/>
       <c r="C111" s="55"/>
       <c r="D111" s="55"/>
       <c r="E111" s="55"/>
       <c r="F111" s="55"/>
       <c r="G111" s="55" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="H111" s="55"/>
       <c r="I111" s="55"/>
       <c r="J111" s="55"/>
       <c r="K111" s="55"/>
       <c r="L111" s="55"/>
       <c r="M111" s="174" t="b">
         <v>0</v>
       </c>
       <c r="N111" s="174"/>
       <c r="O111" s="174"/>
       <c r="P111" s="174"/>
       <c r="Q111" s="174"/>
       <c r="R111" s="55"/>
       <c r="S111" s="55"/>
       <c r="T111" s="55"/>
       <c r="U111" s="55"/>
       <c r="V111" s="55"/>
       <c r="W111" s="55"/>
       <c r="X111" s="55"/>
       <c r="Y111" s="55"/>
       <c r="Z111" s="55"/>
       <c r="AA111" s="55"/>
     </row>
-    <row r="112" spans="1:37" s="126" customFormat="1">
+    <row r="112" spans="1:37" s="126" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B112" s="55" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="C112" s="55"/>
       <c r="D112" s="55"/>
       <c r="E112" s="55"/>
       <c r="F112" s="55"/>
       <c r="G112" s="55" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="H112" s="55"/>
       <c r="I112" s="55"/>
       <c r="J112" s="55"/>
       <c r="K112" s="55"/>
       <c r="L112" s="55"/>
       <c r="M112" s="174" t="b">
         <v>0</v>
       </c>
       <c r="N112" s="174"/>
       <c r="O112" s="174"/>
       <c r="P112" s="174"/>
       <c r="Q112" s="174"/>
       <c r="R112" s="55"/>
       <c r="S112" s="55"/>
       <c r="T112" s="55"/>
       <c r="U112" s="55"/>
       <c r="V112" s="55"/>
       <c r="W112" s="55"/>
       <c r="X112" s="55"/>
       <c r="Y112" s="55"/>
       <c r="Z112" s="55"/>
       <c r="AA112" s="55"/>
     </row>
-    <row r="113" spans="2:33" s="126" customFormat="1">
+    <row r="113" spans="2:33" s="126" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B113" s="55"/>
       <c r="C113" s="55"/>
       <c r="D113" s="55"/>
       <c r="E113" s="55"/>
       <c r="F113" s="55"/>
       <c r="G113" s="55"/>
       <c r="H113" s="55"/>
       <c r="I113" s="55"/>
       <c r="J113" s="55"/>
       <c r="K113" s="55"/>
       <c r="L113" s="55"/>
       <c r="M113" s="162"/>
       <c r="N113" s="162"/>
       <c r="O113" s="162"/>
       <c r="P113" s="162"/>
       <c r="Q113" s="162"/>
       <c r="R113" s="55"/>
       <c r="S113" s="55"/>
       <c r="T113" s="55"/>
       <c r="U113" s="55"/>
       <c r="V113" s="55"/>
       <c r="W113" s="55"/>
       <c r="X113" s="55"/>
       <c r="Y113" s="55"/>
       <c r="Z113" s="55"/>
       <c r="AA113" s="55"/>
     </row>
-    <row r="114" spans="2:33" s="126" customFormat="1">
+    <row r="114" spans="2:33" s="126" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B114" s="55"/>
       <c r="C114" s="55"/>
       <c r="D114" s="55"/>
       <c r="E114" s="55"/>
       <c r="F114" s="55"/>
       <c r="G114" s="55"/>
       <c r="H114" s="55"/>
       <c r="I114" s="55"/>
       <c r="J114" s="55"/>
       <c r="K114" s="55"/>
       <c r="L114" s="55"/>
       <c r="M114" s="162"/>
       <c r="N114" s="162"/>
       <c r="O114" s="162"/>
       <c r="P114" s="162"/>
       <c r="Q114" s="162"/>
       <c r="R114" s="55"/>
       <c r="S114" s="55"/>
       <c r="T114" s="55"/>
       <c r="U114" s="55"/>
       <c r="V114" s="55"/>
       <c r="W114" s="55"/>
       <c r="X114" s="55"/>
       <c r="Y114" s="55"/>
       <c r="Z114" s="55"/>
       <c r="AA114" s="55"/>
     </row>
-    <row r="115" spans="2:33" s="126" customFormat="1">
+    <row r="115" spans="2:33" s="126" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B115" s="55" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C115" s="55"/>
       <c r="D115" s="55"/>
       <c r="E115" s="55"/>
       <c r="F115" s="55"/>
       <c r="G115" s="161" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="H115" s="55"/>
       <c r="I115" s="55"/>
       <c r="J115" s="55"/>
       <c r="K115" s="55"/>
       <c r="L115" s="55"/>
       <c r="M115" s="174">
         <v>1</v>
       </c>
       <c r="N115" s="175"/>
       <c r="O115" s="175"/>
       <c r="P115" s="175"/>
       <c r="Q115" s="175"/>
       <c r="R115" s="55"/>
       <c r="S115" s="55"/>
       <c r="T115" s="55"/>
       <c r="U115" s="55"/>
       <c r="V115" s="55"/>
       <c r="W115" s="55"/>
       <c r="X115" s="55"/>
       <c r="Y115" s="55"/>
       <c r="Z115" s="55"/>
       <c r="AA115" s="55"/>
       <c r="AD115" s="154"/>
       <c r="AG115" s="155"/>
     </row>
-    <row r="116" spans="2:33" s="126" customFormat="1">
+    <row r="116" spans="2:33" s="126" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B116" s="55"/>
       <c r="C116" s="55"/>
       <c r="D116" s="55"/>
       <c r="E116" s="55"/>
       <c r="F116" s="55"/>
       <c r="G116" s="161" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="H116" s="55"/>
       <c r="I116" s="55"/>
       <c r="J116" s="55"/>
       <c r="K116" s="55"/>
       <c r="L116" s="55"/>
       <c r="M116" s="175"/>
       <c r="N116" s="175"/>
       <c r="O116" s="175"/>
       <c r="P116" s="175"/>
       <c r="Q116" s="175"/>
       <c r="R116" s="55"/>
       <c r="S116" s="55"/>
       <c r="T116" s="55"/>
       <c r="U116" s="55"/>
       <c r="V116" s="55"/>
       <c r="W116" s="55"/>
       <c r="X116" s="55"/>
       <c r="Y116" s="55"/>
       <c r="Z116" s="55"/>
       <c r="AA116" s="55"/>
     </row>
-    <row r="117" spans="2:33" s="126" customFormat="1">
+    <row r="117" spans="2:33" s="126" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B117" s="55"/>
       <c r="C117" s="55"/>
       <c r="D117" s="55"/>
       <c r="E117" s="55"/>
       <c r="F117" s="55"/>
       <c r="G117" s="161" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="H117" s="55"/>
       <c r="I117" s="55"/>
       <c r="J117" s="55"/>
       <c r="K117" s="55"/>
       <c r="L117" s="55"/>
       <c r="M117" s="175"/>
       <c r="N117" s="175"/>
       <c r="O117" s="175"/>
       <c r="P117" s="175"/>
       <c r="Q117" s="175"/>
       <c r="R117" s="55"/>
       <c r="S117" s="55"/>
       <c r="T117" s="55"/>
       <c r="U117" s="55"/>
       <c r="V117" s="55"/>
       <c r="W117" s="55"/>
       <c r="X117" s="55"/>
       <c r="Y117" s="55"/>
       <c r="Z117" s="55"/>
       <c r="AA117" s="55"/>
       <c r="AD117" s="154" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="AG117" s="155" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
-    <row r="118" spans="2:33" s="126" customFormat="1"/>
-[...4 lines deleted...]
-    <row r="123" spans="2:33" s="82" customFormat="1">
+    <row r="118" spans="2:33" s="126" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="119" spans="2:33" s="173" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="120" spans="2:33" s="173" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="121" spans="2:33" s="82" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="122" spans="2:33" s="82" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="123" spans="2:33" s="82" customFormat="1" x14ac:dyDescent="0.15">
       <c r="AD123" s="159"/>
       <c r="AG123" s="160"/>
     </row>
-    <row r="124" spans="2:33" s="82" customFormat="1"/>
-    <row r="125" spans="2:33" s="82" customFormat="1"/>
+    <row r="124" spans="2:33" s="82" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="125" spans="2:33" s="82" customFormat="1" x14ac:dyDescent="0.15"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="dqfWD2exa37wJQOkv3ur0+VHImcdiI0s/rLNx4tq235bLCt+1iGoKKrl2DIlM3+riNW3xnOJ1+310LgZS8Hu1Q==" saltValue="cVpFsEr851ZE5YnjE82qPg==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="pASGwIB2xkFckFGjL2Q/ecLBh17OSE/I6gnL0DtXTQMiKVPpf2TfsW6wAjAe4FGJL6yDURtBQmEjMnXPJNo5og==" saltValue="hJ3wTXi9uaI0rfX8N0UYFw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <protectedRanges>
-    <protectedRange sqref="I62 I65" name="範囲2_1"/>
-    <protectedRange sqref="E58" name="範囲1_1"/>
+    <protectedRange sqref="I56 I59" name="範囲2_1"/>
+    <protectedRange sqref="E52 E64:E65 E67:E70" name="範囲1_1"/>
     <protectedRange sqref="G31:Q31 W30:AG30 H29 G30 W29 W28:AG28 G28:S28" name="範囲1_3"/>
-    <protectedRange sqref="Y38:AG38 W40:AG40 H38:H39 G40 W39 W37:AG37 G37:S37 G41:Q41" name="範囲1_3_3"/>
-    <protectedRange sqref="Y20:AG20 W22:AG22 H20:H21 G22 W21 W19:AG19 G19:S19 G23:Q23 Y11:AG11 W13:AG13 H11:H12 G13 W12 W10:AG10 G10:S10 G14:Q14" name="範囲1_3_2"/>
+    <protectedRange sqref="Y38:AG38 W40:AG40 H38:H39 G40 W39 W37:AG37 G37:S37" name="範囲1_3_3"/>
+    <protectedRange sqref="Y20:AG20 W22:AG22 H20:H21 G22 W21 W19:AG19 G19:S19 Y11:AG11 W13:AG13 H11:H12 G13 W12 W10:AG10 G10:S10 G14:Q14 G23:Q23 G41:Q41" name="範囲1_3_2"/>
     <protectedRange sqref="Y1 AD1 AF1" name="範囲1"/>
     <protectedRange sqref="AB94:AG94" name="範囲13_1"/>
     <protectedRange sqref="AB94:AG94" name="範囲9_1"/>
     <protectedRange sqref="J95" name="範囲2_2"/>
     <protectedRange sqref="G97" name="範囲2_1_1_2"/>
     <protectedRange sqref="X95" name="範囲2_1_2_1"/>
     <protectedRange sqref="G96 V96:V97" name="範囲2_1_1_1_1"/>
     <protectedRange sqref="G102" name="範囲2_1_1_2_1"/>
     <protectedRange sqref="G101 V101:V102" name="範囲2_1_1_1_1_1"/>
   </protectedRanges>
-  <mergeCells count="111">
+  <mergeCells count="115">
+    <mergeCell ref="G41:X41"/>
+    <mergeCell ref="Y41:AG41"/>
+    <mergeCell ref="E64:M64"/>
+    <mergeCell ref="O64:W64"/>
     <mergeCell ref="D104:K104"/>
     <mergeCell ref="T104:AG104"/>
     <mergeCell ref="M112:Q112"/>
     <mergeCell ref="D96:F96"/>
     <mergeCell ref="G96:S96"/>
     <mergeCell ref="T96:U96"/>
     <mergeCell ref="V96:AG96"/>
     <mergeCell ref="D97:F97"/>
     <mergeCell ref="G97:S97"/>
     <mergeCell ref="T97:U97"/>
     <mergeCell ref="V97:AG97"/>
     <mergeCell ref="D102:F102"/>
     <mergeCell ref="G102:S102"/>
     <mergeCell ref="T102:U102"/>
     <mergeCell ref="V102:AG102"/>
     <mergeCell ref="M109:Q109"/>
     <mergeCell ref="D101:F101"/>
     <mergeCell ref="G101:S101"/>
     <mergeCell ref="T101:U101"/>
     <mergeCell ref="V101:AG101"/>
     <mergeCell ref="M110:Q110"/>
     <mergeCell ref="M111:Q111"/>
-    <mergeCell ref="I62:W62"/>
-    <mergeCell ref="I65:W65"/>
+    <mergeCell ref="I56:W56"/>
+    <mergeCell ref="I59:W59"/>
     <mergeCell ref="B74:B75"/>
     <mergeCell ref="AB94:AG94"/>
     <mergeCell ref="D95:I95"/>
     <mergeCell ref="J95:S95"/>
     <mergeCell ref="T95:X95"/>
     <mergeCell ref="Y95:AG95"/>
     <mergeCell ref="I40:S40"/>
     <mergeCell ref="D41:F41"/>
-    <mergeCell ref="G41:AG41"/>
     <mergeCell ref="D42:F42"/>
-    <mergeCell ref="I52:M52"/>
-    <mergeCell ref="E58:M58"/>
+    <mergeCell ref="E52:M52"/>
     <mergeCell ref="D38:F40"/>
     <mergeCell ref="G38:H38"/>
     <mergeCell ref="I38:K38"/>
     <mergeCell ref="L38:S38"/>
     <mergeCell ref="T38:V38"/>
     <mergeCell ref="W38:AG38"/>
     <mergeCell ref="G39:S39"/>
     <mergeCell ref="T39:V40"/>
     <mergeCell ref="W39:AG40"/>
     <mergeCell ref="G40:H40"/>
     <mergeCell ref="D31:F31"/>
     <mergeCell ref="T31:V31"/>
     <mergeCell ref="W31:AG31"/>
     <mergeCell ref="D37:F37"/>
     <mergeCell ref="G37:S37"/>
     <mergeCell ref="T37:V37"/>
     <mergeCell ref="W37:AG37"/>
     <mergeCell ref="D29:F30"/>
     <mergeCell ref="G29:S29"/>
     <mergeCell ref="T29:V30"/>
     <mergeCell ref="W29:AG30"/>
     <mergeCell ref="G30:H30"/>
     <mergeCell ref="I30:S30"/>
     <mergeCell ref="G31:S31"/>
     <mergeCell ref="D23:F23"/>
-    <mergeCell ref="G23:AG23"/>
     <mergeCell ref="D28:F28"/>
     <mergeCell ref="G28:S28"/>
     <mergeCell ref="T28:V28"/>
     <mergeCell ref="W28:AG28"/>
     <mergeCell ref="D20:F22"/>
     <mergeCell ref="G20:H20"/>
     <mergeCell ref="I20:K20"/>
     <mergeCell ref="L20:S20"/>
     <mergeCell ref="T20:V20"/>
     <mergeCell ref="W20:AG20"/>
     <mergeCell ref="G21:S21"/>
     <mergeCell ref="T21:V22"/>
     <mergeCell ref="W21:AG22"/>
     <mergeCell ref="G22:H22"/>
     <mergeCell ref="D26:Q26"/>
     <mergeCell ref="D27:AG27"/>
+    <mergeCell ref="G23:X23"/>
+    <mergeCell ref="Y23:AG23"/>
     <mergeCell ref="L11:S11"/>
     <mergeCell ref="T11:V11"/>
     <mergeCell ref="W11:AG11"/>
     <mergeCell ref="G12:S12"/>
     <mergeCell ref="T12:V13"/>
     <mergeCell ref="W12:AG13"/>
     <mergeCell ref="G13:H13"/>
     <mergeCell ref="I13:S13"/>
     <mergeCell ref="I22:S22"/>
+    <mergeCell ref="Y14:AG14"/>
+    <mergeCell ref="G14:X14"/>
     <mergeCell ref="M115:Q117"/>
     <mergeCell ref="B9:B43"/>
     <mergeCell ref="Y1:AB1"/>
     <mergeCell ref="B2:AG2"/>
     <mergeCell ref="B3:C6"/>
     <mergeCell ref="D3:AG3"/>
     <mergeCell ref="F4:AG4"/>
     <mergeCell ref="D5:AG5"/>
     <mergeCell ref="F6:AG6"/>
     <mergeCell ref="B7:S7"/>
     <mergeCell ref="T7:AG7"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="G10:S10"/>
     <mergeCell ref="T10:V10"/>
     <mergeCell ref="W10:AG10"/>
     <mergeCell ref="D11:F13"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:K11"/>
     <mergeCell ref="D14:F14"/>
-    <mergeCell ref="G14:AG14"/>
     <mergeCell ref="D19:F19"/>
     <mergeCell ref="G19:S19"/>
     <mergeCell ref="T19:V19"/>
     <mergeCell ref="W19:AG19"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
-  <dataValidations count="8">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I62:W62" xr:uid="{FAF10042-9FAD-4144-B89E-8E0F7700D807}">
+  <dataValidations count="9">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I56:W56" xr:uid="{FAF10042-9FAD-4144-B89E-8E0F7700D807}">
       <formula1>"選択なし,Oracle,Microsoft SQL Server,PostgreSQL,DB2(Cloud Entry除く),MySQL(Cloud Entry除く)"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I65:W65" xr:uid="{68BD43B2-D1A8-48A7-9220-D8754D9A02C6}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I59:W59" xr:uid="{68BD43B2-D1A8-48A7-9220-D8754D9A02C6}">
       <formula1>"選択なし,Google Apps,Microsoft Azure,Salesforce,Log Manager for Salesforce,kintone"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E58:M58" xr:uid="{68D0CE88-6843-48B7-896C-6A8282313112}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E52:M52" xr:uid="{68D0CE88-6843-48B7-896C-6A8282313112}">
       <formula1>"CentOS,Linux,Windows"</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I38:K38 I20:K20 I11:K11" xr:uid="{45A260CC-29A2-4F90-B84E-BE6B1A92524A}">
       <formula1>LENB(I11)&lt;=7</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="入力可能バイト超過" error="70バイト以内で入力してください_x000a_" sqref="G19:S19 G28:S28 G37:S37 G10:S10" xr:uid="{47315F81-FC27-4C15-A3E8-3D183749935D}">
       <formula1>LENB(G10)&lt;=70</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="入力可能バイト超過" error="40バイト以内で入力してください" sqref="W19:AG19 W21:AG22 I40:S40 W28:AG30 I30:S30 I22:S22 W37:AG37 W39:AG40 W10:AG10 W12:AG13 I13:S13" xr:uid="{6DC1FC31-AC12-4522-8F99-B1CBA77B222A}">
       <formula1>LENB(I10)&lt;=40</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="入力可能バイト超過" error="60バイト以内で入力してください" sqref="G21:S21 G29:S29 G39:S39 G12:S12" xr:uid="{A05A3822-D37C-4756-AAA3-23C6929EAB36}">
       <formula1>LENB(G12)&lt;=60</formula1>
     </dataValidation>
-    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="入力可能バイト超過" error="100バイト以内で入力してください" sqref="G41:AG41 G23:AG23 W31 G14:AG14 G31" xr:uid="{A12E70AC-2716-477E-A9F6-BA4DBC22A683}">
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="入力可能バイト超過" error="100バイト以内で入力してください" sqref="G23 G14 W31 G31 G41" xr:uid="{A12E70AC-2716-477E-A9F6-BA4DBC22A683}">
       <formula1>LENB(G14)&lt;=100</formula1>
+    </dataValidation>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="E64:M64" xr:uid="{AF9443B7-446C-44DB-83ED-1FC8F10A7C6E}">
+      <formula1>"同時購入の本番サーバ,同時購入の開発サーバ,既存サーバ(シリアルを右欄に指定)"</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="3.937007874015748E-2" right="3.937007874015748E-2" top="7.874015748031496E-2" bottom="0" header="0.23622047244094491" footer="0"/>
-  <pageSetup paperSize="9" scale="79" orientation="portrait" cellComments="asDisplayed" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="73" orientation="portrait" cellComments="asDisplayed" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R　　　　　　　　</oddHeader>
     <oddFooter xml:space="preserve">&amp;R
 </oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="AG117" numberStoredAsText="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="11265" r:id="rId4" name="チェック 52">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>6</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>41</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
@@ -28585,3093 +28957,3091 @@
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>24</xdr:row>
                     <xdr:rowOff>38100</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>27</xdr:col>
                     <xdr:colOff>19050</xdr:colOff>
                     <xdr:row>26</xdr:row>
                     <xdr:rowOff>47625</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C72BCF70-3452-4E77-B2B6-D9B1A6B2164C}">
   <dimension ref="A1:I57"/>
   <sheetViews>
-    <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="15.75" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="1.42578125" style="73" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="13.85546875" style="73" customWidth="1"/>
+    <col min="1" max="1" width="1.375" style="73" customWidth="1"/>
+    <col min="2" max="2" width="4.25" style="73" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="34.625" style="73" customWidth="1"/>
+    <col min="4" max="4" width="11.875" style="95" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="11.875" style="95" customWidth="1"/>
+    <col min="6" max="6" width="11.875" style="95" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="5.625" style="95" hidden="1" customWidth="1"/>
+    <col min="8" max="8" width="15.625" style="73" customWidth="1"/>
+    <col min="9" max="9" width="16.75" style="73" customWidth="1"/>
+    <col min="10" max="10" width="13.875" style="73" customWidth="1"/>
     <col min="11" max="16384" width="9" style="73"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="21">
+    <row r="1" spans="1:9" ht="21" x14ac:dyDescent="0.15">
       <c r="A1" s="2"/>
       <c r="B1" s="1" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
     </row>
-    <row r="2" spans="1:9" ht="5.25" customHeight="1">
+    <row r="2" spans="1:9" ht="5.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B2" s="74"/>
       <c r="C2" s="74"/>
     </row>
-    <row r="3" spans="1:9" s="75" customFormat="1" ht="12">
+    <row r="3" spans="1:9" s="75" customFormat="1" ht="12" x14ac:dyDescent="0.15">
       <c r="B3" s="118" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="C3" s="118"/>
       <c r="D3" s="156"/>
       <c r="E3" s="156"/>
       <c r="F3" s="156"/>
       <c r="G3" s="156"/>
       <c r="H3" s="78"/>
       <c r="I3" s="78"/>
     </row>
-    <row r="4" spans="1:9" s="75" customFormat="1" ht="13.5" customHeight="1">
-[...1 lines deleted...]
-        <v>89</v>
+    <row r="4" spans="1:9" s="75" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B4" s="271" t="s">
+        <v>86</v>
       </c>
       <c r="C4" s="122" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="D4" s="124" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="E4" s="157" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="F4" s="96"/>
       <c r="G4" s="96"/>
-      <c r="H4" s="276" t="s">
+      <c r="H4" s="273" t="s">
+        <v>90</v>
+      </c>
+      <c r="I4" s="273"/>
+    </row>
+    <row r="5" spans="1:9" s="75" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B5" s="272"/>
+      <c r="C5" s="125" t="s">
+        <v>121</v>
+      </c>
+      <c r="D5" s="123" t="s">
+        <v>91</v>
+      </c>
+      <c r="E5" s="158" t="s">
+        <v>92</v>
+      </c>
+      <c r="H5" s="167" t="s">
         <v>93</v>
       </c>
-      <c r="I4" s="276"/>
-[...3 lines deleted...]
-      <c r="C5" s="125" t="s">
+      <c r="I5" s="167" t="s">
         <v>94</v>
       </c>
-      <c r="D5" s="123" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
-    <row r="6" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="6" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6" s="76">
         <v>1</v>
       </c>
       <c r="C6" s="79"/>
       <c r="D6" s="100"/>
       <c r="E6" s="127"/>
       <c r="F6" s="128"/>
       <c r="G6" s="97"/>
       <c r="H6" s="77"/>
       <c r="I6" s="77"/>
     </row>
-    <row r="7" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="7" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B7" s="76">
         <v>2</v>
       </c>
       <c r="C7" s="79"/>
       <c r="D7" s="100"/>
       <c r="E7" s="127"/>
       <c r="F7" s="128"/>
       <c r="G7" s="97"/>
       <c r="H7" s="78" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
     </row>
-    <row r="8" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="8" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B8" s="76">
         <v>3</v>
       </c>
       <c r="C8" s="79"/>
       <c r="D8" s="100"/>
       <c r="E8" s="127"/>
       <c r="F8" s="128"/>
       <c r="G8" s="97"/>
       <c r="H8" s="118" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
     </row>
-    <row r="9" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="9" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B9" s="76">
         <v>4</v>
       </c>
       <c r="C9" s="79"/>
       <c r="D9" s="100"/>
       <c r="E9" s="127"/>
       <c r="F9" s="128"/>
       <c r="G9" s="97"/>
     </row>
-    <row r="10" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="10" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B10" s="76">
         <v>5</v>
       </c>
       <c r="C10" s="79"/>
       <c r="D10" s="100"/>
       <c r="E10" s="127"/>
       <c r="F10" s="128"/>
       <c r="G10" s="97"/>
     </row>
-    <row r="11" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="11" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="76">
         <v>6</v>
       </c>
       <c r="C11" s="79"/>
       <c r="D11" s="100"/>
       <c r="E11" s="127"/>
       <c r="F11" s="128"/>
       <c r="G11" s="97"/>
     </row>
-    <row r="12" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="12" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B12" s="76">
         <v>7</v>
       </c>
       <c r="C12" s="79"/>
       <c r="D12" s="100"/>
       <c r="E12" s="127"/>
       <c r="F12" s="128"/>
       <c r="G12" s="97"/>
     </row>
-    <row r="13" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="13" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B13" s="76">
         <v>8</v>
       </c>
       <c r="C13" s="79"/>
       <c r="D13" s="100"/>
       <c r="E13" s="127"/>
       <c r="F13" s="128"/>
       <c r="G13" s="97"/>
     </row>
-    <row r="14" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="14" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="76">
         <v>9</v>
       </c>
       <c r="C14" s="79"/>
       <c r="D14" s="100"/>
       <c r="E14" s="127"/>
       <c r="F14" s="128"/>
       <c r="G14" s="97"/>
     </row>
-    <row r="15" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="15" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B15" s="76">
         <v>10</v>
       </c>
       <c r="C15" s="79"/>
       <c r="D15" s="100"/>
       <c r="E15" s="127"/>
       <c r="F15" s="128"/>
       <c r="G15" s="97"/>
     </row>
-    <row r="16" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="16" spans="1:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B16" s="76">
         <v>11</v>
       </c>
       <c r="C16" s="79"/>
       <c r="D16" s="100"/>
       <c r="E16" s="127"/>
       <c r="F16" s="128"/>
       <c r="G16" s="97"/>
     </row>
-    <row r="17" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="17" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B17" s="76">
         <v>12</v>
       </c>
       <c r="C17" s="79"/>
       <c r="D17" s="100"/>
       <c r="E17" s="127"/>
       <c r="F17" s="128"/>
       <c r="G17" s="97"/>
     </row>
-    <row r="18" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="18" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B18" s="76">
         <v>13</v>
       </c>
       <c r="C18" s="79"/>
       <c r="D18" s="100"/>
       <c r="E18" s="127"/>
       <c r="F18" s="128"/>
       <c r="G18" s="97"/>
     </row>
-    <row r="19" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="19" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B19" s="76">
         <v>14</v>
       </c>
       <c r="C19" s="79"/>
       <c r="D19" s="100"/>
       <c r="E19" s="127"/>
       <c r="F19" s="128"/>
       <c r="G19" s="97"/>
     </row>
-    <row r="20" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="20" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B20" s="76">
         <v>15</v>
       </c>
       <c r="C20" s="79"/>
       <c r="D20" s="100"/>
       <c r="E20" s="127"/>
       <c r="F20" s="128"/>
       <c r="G20" s="97"/>
     </row>
-    <row r="21" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="21" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B21" s="76">
         <v>16</v>
       </c>
       <c r="C21" s="79"/>
       <c r="D21" s="100"/>
       <c r="E21" s="127"/>
       <c r="F21" s="128"/>
       <c r="G21" s="97"/>
     </row>
-    <row r="22" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="22" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B22" s="76">
         <v>17</v>
       </c>
       <c r="C22" s="79"/>
       <c r="D22" s="100"/>
       <c r="E22" s="127"/>
       <c r="F22" s="128"/>
       <c r="G22" s="97"/>
     </row>
-    <row r="23" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="23" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B23" s="76">
         <v>18</v>
       </c>
       <c r="C23" s="79"/>
       <c r="D23" s="100"/>
       <c r="E23" s="127"/>
       <c r="F23" s="128"/>
       <c r="G23" s="97"/>
     </row>
-    <row r="24" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="24" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B24" s="76">
         <v>19</v>
       </c>
       <c r="C24" s="79"/>
       <c r="D24" s="100"/>
       <c r="E24" s="127"/>
       <c r="F24" s="128"/>
       <c r="G24" s="97"/>
     </row>
-    <row r="25" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="25" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B25" s="76">
         <v>20</v>
       </c>
       <c r="C25" s="79"/>
       <c r="D25" s="100"/>
       <c r="E25" s="127"/>
       <c r="F25" s="128"/>
       <c r="G25" s="97"/>
     </row>
-    <row r="26" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="26" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B26" s="76">
         <v>21</v>
       </c>
       <c r="C26" s="79"/>
       <c r="D26" s="100"/>
       <c r="E26" s="127"/>
       <c r="F26" s="128"/>
       <c r="G26" s="97"/>
     </row>
-    <row r="27" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="27" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B27" s="76">
         <v>22</v>
       </c>
       <c r="C27" s="79"/>
       <c r="D27" s="100"/>
       <c r="E27" s="127"/>
       <c r="F27" s="128"/>
       <c r="G27" s="97"/>
     </row>
-    <row r="28" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="28" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B28" s="76">
         <v>23</v>
       </c>
       <c r="C28" s="79"/>
       <c r="D28" s="100"/>
       <c r="E28" s="127"/>
       <c r="F28" s="128"/>
       <c r="G28" s="97"/>
     </row>
-    <row r="29" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="29" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B29" s="76">
         <v>24</v>
       </c>
       <c r="C29" s="79"/>
       <c r="D29" s="100"/>
       <c r="E29" s="127"/>
       <c r="F29" s="128"/>
       <c r="G29" s="97"/>
     </row>
-    <row r="30" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="30" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B30" s="76">
         <v>25</v>
       </c>
       <c r="C30" s="79"/>
       <c r="D30" s="100"/>
       <c r="E30" s="127"/>
       <c r="F30" s="128"/>
       <c r="G30" s="97"/>
     </row>
-    <row r="31" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="31" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B31" s="76">
         <v>26</v>
       </c>
       <c r="C31" s="79"/>
       <c r="D31" s="100"/>
       <c r="E31" s="127"/>
       <c r="F31" s="128"/>
       <c r="G31" s="97"/>
     </row>
-    <row r="32" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="32" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B32" s="76">
         <v>27</v>
       </c>
       <c r="C32" s="79"/>
       <c r="D32" s="100"/>
       <c r="E32" s="127"/>
       <c r="F32" s="128"/>
       <c r="G32" s="97"/>
     </row>
-    <row r="33" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="33" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B33" s="76">
         <v>28</v>
       </c>
       <c r="C33" s="79"/>
       <c r="D33" s="100"/>
       <c r="E33" s="127"/>
       <c r="F33" s="128"/>
       <c r="G33" s="97"/>
     </row>
-    <row r="34" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="34" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B34" s="76">
         <v>29</v>
       </c>
       <c r="C34" s="79"/>
       <c r="D34" s="100"/>
       <c r="E34" s="127"/>
       <c r="F34" s="128"/>
       <c r="G34" s="97"/>
     </row>
-    <row r="35" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="35" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B35" s="76">
         <v>30</v>
       </c>
       <c r="C35" s="79"/>
       <c r="D35" s="100"/>
       <c r="E35" s="127"/>
       <c r="F35" s="128"/>
       <c r="G35" s="97"/>
     </row>
-    <row r="36" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="36" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B36" s="76">
         <v>31</v>
       </c>
       <c r="C36" s="79"/>
       <c r="D36" s="100"/>
       <c r="E36" s="127"/>
       <c r="F36" s="128"/>
       <c r="G36" s="97"/>
     </row>
-    <row r="37" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="37" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B37" s="76">
         <v>32</v>
       </c>
       <c r="C37" s="79"/>
       <c r="D37" s="100"/>
       <c r="E37" s="127"/>
       <c r="F37" s="128"/>
       <c r="G37" s="97"/>
     </row>
-    <row r="38" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="38" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B38" s="76">
         <v>33</v>
       </c>
       <c r="C38" s="79"/>
       <c r="D38" s="100"/>
       <c r="E38" s="127"/>
       <c r="F38" s="128"/>
       <c r="G38" s="97"/>
     </row>
-    <row r="39" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="39" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B39" s="76">
         <v>34</v>
       </c>
       <c r="C39" s="79"/>
       <c r="D39" s="100"/>
       <c r="E39" s="127"/>
       <c r="F39" s="128"/>
       <c r="G39" s="97"/>
     </row>
-    <row r="40" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="40" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B40" s="76">
         <v>35</v>
       </c>
       <c r="C40" s="79"/>
       <c r="D40" s="100"/>
       <c r="E40" s="127"/>
       <c r="F40" s="128"/>
       <c r="G40" s="97"/>
     </row>
-    <row r="41" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="41" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B41" s="76">
         <v>36</v>
       </c>
       <c r="C41" s="79"/>
       <c r="D41" s="100"/>
       <c r="E41" s="127"/>
       <c r="F41" s="128"/>
       <c r="G41" s="97"/>
     </row>
-    <row r="42" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="42" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B42" s="76">
         <v>37</v>
       </c>
       <c r="C42" s="79"/>
       <c r="D42" s="100"/>
       <c r="E42" s="127"/>
       <c r="F42" s="128"/>
       <c r="G42" s="97"/>
     </row>
-    <row r="43" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="43" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B43" s="76">
         <v>38</v>
       </c>
       <c r="C43" s="79"/>
       <c r="D43" s="100"/>
       <c r="E43" s="127"/>
       <c r="F43" s="128"/>
       <c r="G43" s="97"/>
     </row>
-    <row r="44" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="44" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B44" s="76">
         <v>39</v>
       </c>
       <c r="C44" s="79"/>
       <c r="D44" s="100"/>
       <c r="E44" s="127"/>
       <c r="F44" s="128"/>
       <c r="G44" s="97"/>
     </row>
-    <row r="45" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="45" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B45" s="76">
         <v>40</v>
       </c>
       <c r="C45" s="79"/>
       <c r="D45" s="100"/>
       <c r="E45" s="127"/>
       <c r="F45" s="128"/>
       <c r="G45" s="97"/>
     </row>
-    <row r="46" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="46" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B46" s="76">
         <v>41</v>
       </c>
       <c r="C46" s="79"/>
       <c r="D46" s="100"/>
       <c r="E46" s="127"/>
       <c r="F46" s="128"/>
       <c r="G46" s="97"/>
     </row>
-    <row r="47" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="47" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B47" s="76">
         <v>42</v>
       </c>
       <c r="C47" s="79"/>
       <c r="D47" s="100"/>
       <c r="E47" s="127"/>
       <c r="F47" s="128"/>
       <c r="G47" s="97"/>
     </row>
-    <row r="48" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="48" spans="2:7" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B48" s="76">
         <v>43</v>
       </c>
       <c r="C48" s="79"/>
       <c r="D48" s="100"/>
       <c r="E48" s="127"/>
       <c r="F48" s="128"/>
       <c r="G48" s="97"/>
     </row>
-    <row r="49" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="49" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B49" s="76">
         <v>44</v>
       </c>
       <c r="C49" s="79"/>
       <c r="D49" s="100"/>
       <c r="E49" s="127"/>
       <c r="F49" s="128"/>
       <c r="G49" s="97"/>
     </row>
-    <row r="50" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="50" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B50" s="76">
         <v>45</v>
       </c>
       <c r="C50" s="79"/>
       <c r="D50" s="100"/>
       <c r="E50" s="127"/>
       <c r="F50" s="128"/>
       <c r="G50" s="97"/>
     </row>
-    <row r="51" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="51" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B51" s="76">
         <v>46</v>
       </c>
       <c r="C51" s="79"/>
       <c r="D51" s="100"/>
       <c r="E51" s="127"/>
       <c r="F51" s="128"/>
       <c r="G51" s="97"/>
     </row>
-    <row r="52" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="52" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B52" s="76">
         <v>47</v>
       </c>
       <c r="C52" s="79"/>
       <c r="D52" s="100"/>
       <c r="E52" s="127"/>
       <c r="F52" s="128"/>
       <c r="G52" s="97"/>
     </row>
-    <row r="53" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="53" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B53" s="76">
         <v>48</v>
       </c>
       <c r="C53" s="79"/>
       <c r="D53" s="100"/>
       <c r="E53" s="127"/>
       <c r="F53" s="128"/>
       <c r="G53" s="97"/>
     </row>
-    <row r="54" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="54" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B54" s="76">
         <v>49</v>
       </c>
       <c r="C54" s="79"/>
       <c r="D54" s="100"/>
       <c r="E54" s="127"/>
       <c r="F54" s="128"/>
       <c r="G54" s="97"/>
     </row>
-    <row r="55" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1">
+    <row r="55" spans="2:9" s="75" customFormat="1" ht="15.95" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B55" s="76">
         <v>50</v>
       </c>
       <c r="C55" s="79"/>
       <c r="D55" s="100"/>
       <c r="E55" s="127"/>
       <c r="F55" s="128"/>
       <c r="G55" s="97"/>
     </row>
-    <row r="56" spans="2:9">
+    <row r="56" spans="2:9" x14ac:dyDescent="0.15">
       <c r="B56" s="75" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
     </row>
-    <row r="57" spans="2:9">
+    <row r="57" spans="2:9" x14ac:dyDescent="0.15">
       <c r="I57" s="99" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
   </sheetData>
   <protectedRanges>
     <protectedRange sqref="H6:I6 C6:C55 G6:G55" name="範囲1_1"/>
     <protectedRange sqref="E6:F55" name="範囲1"/>
   </protectedRanges>
   <mergeCells count="2">
     <mergeCell ref="B4:B5"/>
     <mergeCell ref="H4:I4"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <dataValidations xWindow="475" yWindow="371" count="1">
     <dataValidation type="list" showInputMessage="1" showErrorMessage="1" promptTitle="新規/更新/その他" prompt="・新規：新規購入_x000a_・更新：保守更新_x000a_・その他：上記以外" sqref="D6:D55" xr:uid="{61A95FE2-70F4-4119-B2C1-96F9B00C78BF}">
       <formula1>"新規,更新,その他"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="82" orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="I57" numberStoredAsText="1"/>
   </ignoredErrors>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BD3B0495-B73D-4C17-A6F5-28DB94D1740E}">
   <dimension ref="A1:AK95"/>
   <sheetViews>
     <sheetView showGridLines="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="H28" sqref="H28:AG28"/>
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="3.140625" defaultRowHeight="12"/>
+  <sheetFormatPr defaultColWidth="3.125" defaultRowHeight="12" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="0.85546875" style="2" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="34" max="16384" width="3.140625" style="2"/>
+    <col min="1" max="1" width="0.875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="2.625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="0.375" style="2" customWidth="1"/>
+    <col min="4" max="7" width="2.75" style="2" customWidth="1"/>
+    <col min="8" max="8" width="3.125" style="2" customWidth="1"/>
+    <col min="9" max="9" width="4.125" style="2" customWidth="1"/>
+    <col min="10" max="10" width="2.375" style="2" customWidth="1"/>
+    <col min="11" max="11" width="3.125" style="2" customWidth="1"/>
+    <col min="12" max="16" width="3.125" style="2"/>
+    <col min="17" max="17" width="4.25" style="2" customWidth="1"/>
+    <col min="18" max="32" width="3.125" style="2"/>
+    <col min="33" max="33" width="3.375" style="2" customWidth="1"/>
+    <col min="34" max="16384" width="3.125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:37" ht="18.75" customHeight="1" thickBot="1">
+    <row r="1" spans="2:37" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B1" s="1" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="4"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="5"/>
       <c r="X1" s="6" t="s">
         <v>1</v>
       </c>
       <c r="Y1" s="177"/>
       <c r="Z1" s="178"/>
       <c r="AA1" s="178"/>
       <c r="AB1" s="179"/>
       <c r="AC1" s="7" t="s">
         <v>2</v>
       </c>
       <c r="AD1" s="8"/>
       <c r="AE1" s="7" t="s">
         <v>3</v>
       </c>
       <c r="AF1" s="8"/>
       <c r="AG1" s="9" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="2" spans="2:37" ht="3" customHeight="1"/>
-[...2 lines deleted...]
-        <v>104</v>
+    <row r="2" spans="2:37" ht="3" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="3" spans="2:37" x14ac:dyDescent="0.15">
+      <c r="B3" s="329" t="s">
+        <v>100</v>
       </c>
-      <c r="C3" s="332"/>
-[...29 lines deleted...]
-      <c r="AG3" s="332"/>
+      <c r="C3" s="329"/>
+      <c r="D3" s="329"/>
+      <c r="E3" s="329"/>
+      <c r="F3" s="329"/>
+      <c r="G3" s="329"/>
+      <c r="H3" s="329"/>
+      <c r="I3" s="329"/>
+      <c r="J3" s="329"/>
+      <c r="K3" s="329"/>
+      <c r="L3" s="329"/>
+      <c r="M3" s="329"/>
+      <c r="N3" s="329"/>
+      <c r="O3" s="329"/>
+      <c r="P3" s="329"/>
+      <c r="Q3" s="329"/>
+      <c r="R3" s="329"/>
+      <c r="S3" s="329"/>
+      <c r="T3" s="329"/>
+      <c r="U3" s="329"/>
+      <c r="V3" s="329"/>
+      <c r="W3" s="329"/>
+      <c r="X3" s="329"/>
+      <c r="Y3" s="329"/>
+      <c r="Z3" s="329"/>
+      <c r="AA3" s="329"/>
+      <c r="AB3" s="329"/>
+      <c r="AC3" s="329"/>
+      <c r="AD3" s="329"/>
+      <c r="AE3" s="329"/>
+      <c r="AF3" s="329"/>
+      <c r="AG3" s="329"/>
     </row>
-    <row r="4" spans="2:37">
-[...31 lines deleted...]
-      <c r="AG4" s="332"/>
+    <row r="4" spans="2:37" x14ac:dyDescent="0.15">
+      <c r="B4" s="329"/>
+      <c r="C4" s="329"/>
+      <c r="D4" s="329"/>
+      <c r="E4" s="329"/>
+      <c r="F4" s="329"/>
+      <c r="G4" s="329"/>
+      <c r="H4" s="329"/>
+      <c r="I4" s="329"/>
+      <c r="J4" s="329"/>
+      <c r="K4" s="329"/>
+      <c r="L4" s="329"/>
+      <c r="M4" s="329"/>
+      <c r="N4" s="329"/>
+      <c r="O4" s="329"/>
+      <c r="P4" s="329"/>
+      <c r="Q4" s="329"/>
+      <c r="R4" s="329"/>
+      <c r="S4" s="329"/>
+      <c r="T4" s="329"/>
+      <c r="U4" s="329"/>
+      <c r="V4" s="329"/>
+      <c r="W4" s="329"/>
+      <c r="X4" s="329"/>
+      <c r="Y4" s="329"/>
+      <c r="Z4" s="329"/>
+      <c r="AA4" s="329"/>
+      <c r="AB4" s="329"/>
+      <c r="AC4" s="329"/>
+      <c r="AD4" s="329"/>
+      <c r="AE4" s="329"/>
+      <c r="AF4" s="329"/>
+      <c r="AG4" s="329"/>
     </row>
-    <row r="5" spans="2:37" ht="6" customHeight="1">
+    <row r="5" spans="2:37" ht="6" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B5" s="168"/>
       <c r="C5" s="168"/>
       <c r="D5" s="168"/>
       <c r="E5" s="168"/>
       <c r="F5" s="168"/>
       <c r="G5" s="168"/>
       <c r="H5" s="168"/>
       <c r="I5" s="168"/>
       <c r="J5" s="168"/>
       <c r="K5" s="168"/>
       <c r="L5" s="168"/>
       <c r="M5" s="168"/>
       <c r="N5" s="168"/>
       <c r="O5" s="168"/>
       <c r="P5" s="168"/>
       <c r="Q5" s="168"/>
       <c r="R5" s="168"/>
       <c r="S5" s="168"/>
       <c r="T5" s="168"/>
       <c r="U5" s="168"/>
       <c r="V5" s="168"/>
       <c r="W5" s="168"/>
       <c r="X5" s="168"/>
       <c r="Y5" s="168"/>
       <c r="Z5" s="168"/>
       <c r="AA5" s="168"/>
       <c r="AB5" s="168"/>
       <c r="AC5" s="168"/>
       <c r="AD5" s="168"/>
       <c r="AE5" s="168"/>
       <c r="AF5" s="168"/>
       <c r="AG5" s="168"/>
     </row>
-    <row r="6" spans="2:37" ht="6" customHeight="1">
+    <row r="6" spans="2:37" ht="6" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6" s="56"/>
       <c r="C6" s="56"/>
       <c r="D6" s="56"/>
       <c r="E6" s="56"/>
       <c r="F6" s="56"/>
       <c r="G6" s="56"/>
       <c r="H6" s="56"/>
       <c r="I6" s="56"/>
       <c r="J6" s="56"/>
       <c r="K6" s="56"/>
       <c r="L6" s="56"/>
       <c r="M6" s="56"/>
       <c r="N6" s="56"/>
       <c r="O6" s="56"/>
       <c r="P6" s="56"/>
       <c r="Q6" s="56"/>
       <c r="R6" s="56"/>
       <c r="S6" s="56"/>
       <c r="T6" s="56"/>
       <c r="U6" s="56"/>
       <c r="V6" s="56"/>
       <c r="W6" s="56"/>
       <c r="X6" s="56"/>
       <c r="Y6" s="56"/>
       <c r="Z6" s="56"/>
       <c r="AA6" s="56"/>
       <c r="AB6" s="56"/>
       <c r="AC6" s="56"/>
       <c r="AD6" s="56"/>
       <c r="AE6" s="56"/>
       <c r="AF6" s="56"/>
       <c r="AG6" s="56"/>
       <c r="AK6" s="57"/>
     </row>
-    <row r="7" spans="2:37" ht="5.45" customHeight="1">
+    <row r="7" spans="2:37" ht="5.45" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B7" s="56"/>
       <c r="C7" s="168"/>
       <c r="D7" s="168"/>
       <c r="E7" s="168"/>
       <c r="F7" s="168"/>
       <c r="G7" s="168"/>
       <c r="H7" s="168"/>
       <c r="I7" s="168"/>
       <c r="J7" s="168"/>
       <c r="K7" s="168"/>
       <c r="L7" s="168"/>
       <c r="M7" s="168"/>
       <c r="N7" s="168"/>
       <c r="O7" s="168"/>
       <c r="P7" s="168"/>
       <c r="Q7" s="168"/>
       <c r="R7" s="168"/>
       <c r="S7" s="168"/>
       <c r="T7" s="168"/>
       <c r="U7" s="168"/>
       <c r="V7" s="168"/>
       <c r="W7" s="168"/>
       <c r="X7" s="168"/>
       <c r="Y7" s="168"/>
       <c r="Z7" s="168"/>
       <c r="AA7" s="168"/>
       <c r="AB7" s="168"/>
       <c r="AC7" s="168"/>
       <c r="AD7" s="168"/>
       <c r="AE7" s="168"/>
       <c r="AF7" s="168"/>
       <c r="AG7" s="168"/>
       <c r="AK7" s="57"/>
     </row>
-    <row r="8" spans="2:37" ht="13.5" customHeight="1">
+    <row r="8" spans="2:37" ht="13.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B8" s="56"/>
       <c r="C8" s="168"/>
       <c r="D8" s="58" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="E8" s="168"/>
       <c r="F8" s="168"/>
       <c r="G8" s="59" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="H8" s="168"/>
       <c r="I8" s="168"/>
       <c r="J8" s="168"/>
       <c r="K8" s="168"/>
       <c r="L8" s="168"/>
       <c r="M8" s="168"/>
       <c r="N8" s="168"/>
       <c r="O8" s="168"/>
       <c r="P8" s="168"/>
       <c r="Q8" s="168"/>
       <c r="R8" s="168"/>
       <c r="S8" s="168"/>
       <c r="T8" s="168"/>
       <c r="U8" s="168"/>
       <c r="V8" s="168"/>
       <c r="W8" s="168"/>
       <c r="X8" s="168"/>
       <c r="Y8" s="168"/>
       <c r="Z8" s="168"/>
       <c r="AA8" s="168"/>
       <c r="AB8" s="168"/>
       <c r="AC8" s="168"/>
       <c r="AD8" s="168"/>
       <c r="AE8" s="168"/>
       <c r="AF8" s="168"/>
       <c r="AG8" s="168"/>
       <c r="AK8" s="57"/>
     </row>
-    <row r="9" spans="2:37" ht="24" customHeight="1">
+    <row r="9" spans="2:37" ht="24" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B9" s="56"/>
       <c r="C9" s="168"/>
-      <c r="D9" s="333"/>
-[...27 lines deleted...]
-      <c r="AF9" s="335"/>
+      <c r="D9" s="330"/>
+      <c r="E9" s="331"/>
+      <c r="F9" s="331"/>
+      <c r="G9" s="331"/>
+      <c r="H9" s="331"/>
+      <c r="I9" s="331"/>
+      <c r="J9" s="331"/>
+      <c r="K9" s="331"/>
+      <c r="L9" s="331"/>
+      <c r="M9" s="331"/>
+      <c r="N9" s="331"/>
+      <c r="O9" s="331"/>
+      <c r="P9" s="331"/>
+      <c r="Q9" s="331"/>
+      <c r="R9" s="331"/>
+      <c r="S9" s="331"/>
+      <c r="T9" s="331"/>
+      <c r="U9" s="331"/>
+      <c r="V9" s="331"/>
+      <c r="W9" s="331"/>
+      <c r="X9" s="331"/>
+      <c r="Y9" s="331"/>
+      <c r="Z9" s="331"/>
+      <c r="AA9" s="331"/>
+      <c r="AB9" s="331"/>
+      <c r="AC9" s="331"/>
+      <c r="AD9" s="331"/>
+      <c r="AE9" s="331"/>
+      <c r="AF9" s="332"/>
       <c r="AG9" s="168"/>
       <c r="AK9" s="57"/>
     </row>
-    <row r="10" spans="2:37" ht="39.75" customHeight="1">
+    <row r="10" spans="2:37" ht="39.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B10" s="56"/>
-      <c r="D10" s="336" t="s">
+      <c r="D10" s="333" t="s">
         <v>11</v>
       </c>
-      <c r="E10" s="336"/>
-[...15 lines deleted...]
-        <v>107</v>
+      <c r="E10" s="333"/>
+      <c r="F10" s="333"/>
+      <c r="G10" s="333"/>
+      <c r="H10" s="333"/>
+      <c r="I10" s="333"/>
+      <c r="J10" s="333"/>
+      <c r="K10" s="333"/>
+      <c r="L10" s="333"/>
+      <c r="M10" s="333"/>
+      <c r="N10" s="333"/>
+      <c r="O10" s="333"/>
+      <c r="P10" s="333"/>
+      <c r="Q10" s="333"/>
+      <c r="R10" s="333"/>
+      <c r="S10" s="333"/>
+      <c r="T10" s="334" t="s">
+        <v>103</v>
       </c>
-      <c r="U10" s="337"/>
-[...11 lines deleted...]
-      <c r="AG10" s="337"/>
+      <c r="U10" s="334"/>
+      <c r="V10" s="334"/>
+      <c r="W10" s="334"/>
+      <c r="X10" s="334"/>
+      <c r="Y10" s="334"/>
+      <c r="Z10" s="334"/>
+      <c r="AA10" s="334"/>
+      <c r="AB10" s="334"/>
+      <c r="AC10" s="334"/>
+      <c r="AD10" s="334"/>
+      <c r="AE10" s="334"/>
+      <c r="AF10" s="334"/>
+      <c r="AG10" s="334"/>
     </row>
-    <row r="11" spans="2:37" ht="2.25" customHeight="1">
+    <row r="11" spans="2:37" ht="2.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B11" s="56"/>
       <c r="C11" s="168"/>
       <c r="D11" s="60"/>
       <c r="E11" s="60"/>
       <c r="F11" s="60"/>
       <c r="G11" s="60"/>
       <c r="H11" s="60"/>
       <c r="I11" s="60"/>
       <c r="J11" s="60"/>
       <c r="K11" s="60"/>
       <c r="L11" s="60"/>
       <c r="M11" s="60"/>
       <c r="N11" s="60"/>
       <c r="O11" s="60"/>
       <c r="P11" s="60"/>
       <c r="Q11" s="60"/>
       <c r="R11" s="60"/>
       <c r="S11" s="60"/>
       <c r="T11" s="60"/>
       <c r="U11" s="60"/>
       <c r="V11" s="60"/>
       <c r="W11" s="60"/>
       <c r="X11" s="60"/>
       <c r="Y11" s="60"/>
       <c r="Z11" s="60"/>
       <c r="AA11" s="60"/>
       <c r="AB11" s="60"/>
       <c r="AC11" s="60"/>
       <c r="AD11" s="60"/>
       <c r="AE11" s="60"/>
       <c r="AF11" s="60"/>
       <c r="AG11" s="168"/>
       <c r="AK11" s="57"/>
     </row>
-    <row r="12" spans="2:37" ht="5.0999999999999996" customHeight="1">
+    <row r="12" spans="2:37" ht="5.0999999999999996" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B12" s="168"/>
       <c r="C12" s="168"/>
       <c r="D12" s="60"/>
       <c r="E12" s="60"/>
       <c r="F12" s="60"/>
       <c r="G12" s="60"/>
       <c r="H12" s="60"/>
       <c r="I12" s="60"/>
       <c r="J12" s="60"/>
       <c r="K12" s="60"/>
       <c r="L12" s="60"/>
       <c r="M12" s="60"/>
       <c r="N12" s="60"/>
       <c r="O12" s="60"/>
       <c r="P12" s="60"/>
       <c r="Q12" s="60"/>
       <c r="R12" s="60"/>
       <c r="S12" s="60"/>
       <c r="T12" s="60"/>
       <c r="U12" s="60"/>
       <c r="V12" s="60"/>
       <c r="W12" s="60"/>
       <c r="X12" s="60"/>
       <c r="Y12" s="60"/>
       <c r="Z12" s="60"/>
       <c r="AA12" s="60"/>
       <c r="AB12" s="60"/>
       <c r="AC12" s="60"/>
       <c r="AD12" s="60"/>
       <c r="AE12" s="60"/>
       <c r="AF12" s="60"/>
       <c r="AG12" s="168"/>
       <c r="AK12" s="57"/>
     </row>
-    <row r="13" spans="2:37" ht="1.5" customHeight="1">
+    <row r="13" spans="2:37" ht="1.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B13" s="10"/>
       <c r="C13" s="10"/>
       <c r="D13" s="60"/>
       <c r="E13" s="10"/>
       <c r="F13" s="10"/>
       <c r="G13" s="10"/>
       <c r="H13" s="10"/>
       <c r="I13" s="10"/>
       <c r="J13" s="10"/>
       <c r="K13" s="10"/>
       <c r="L13" s="10"/>
       <c r="M13" s="10"/>
       <c r="N13" s="10"/>
       <c r="O13" s="10"/>
       <c r="P13" s="10"/>
       <c r="Q13" s="10"/>
       <c r="R13" s="10"/>
       <c r="S13" s="10"/>
       <c r="T13" s="10"/>
       <c r="U13" s="10"/>
       <c r="V13" s="10"/>
       <c r="W13" s="10"/>
       <c r="X13" s="10"/>
       <c r="Y13" s="10"/>
       <c r="Z13" s="10"/>
       <c r="AA13" s="10"/>
       <c r="AB13" s="10"/>
       <c r="AC13" s="10"/>
       <c r="AD13" s="10"/>
       <c r="AE13" s="10"/>
       <c r="AF13" s="10"/>
       <c r="AG13" s="10"/>
       <c r="AK13" s="57"/>
     </row>
-    <row r="14" spans="2:37" ht="5.45" customHeight="1">
+    <row r="14" spans="2:37" ht="5.45" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B14" s="11"/>
       <c r="C14" s="12"/>
       <c r="D14" s="13"/>
       <c r="E14" s="14"/>
       <c r="F14" s="14"/>
       <c r="G14" s="14"/>
       <c r="H14" s="14"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="14"/>
       <c r="L14" s="15"/>
       <c r="M14" s="14"/>
       <c r="N14" s="14"/>
       <c r="O14" s="14"/>
       <c r="P14" s="14"/>
       <c r="Q14" s="14"/>
       <c r="R14" s="14"/>
       <c r="S14" s="14"/>
       <c r="T14" s="14"/>
       <c r="U14" s="14"/>
       <c r="V14" s="14"/>
       <c r="W14" s="14"/>
       <c r="X14" s="14"/>
       <c r="Y14" s="14"/>
       <c r="Z14" s="14"/>
       <c r="AA14" s="14"/>
       <c r="AB14" s="14"/>
       <c r="AC14" s="14"/>
       <c r="AD14" s="14"/>
       <c r="AE14" s="14"/>
       <c r="AF14" s="14"/>
       <c r="AG14" s="14"/>
       <c r="AK14" s="57"/>
     </row>
-    <row r="15" spans="2:37" ht="18.75" hidden="1" customHeight="1" thickBot="1">
+    <row r="15" spans="2:37" ht="18.75" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B15" s="176"/>
       <c r="D15" s="16" t="s">
-        <v>108</v>
+        <v>104</v>
       </c>
       <c r="G15" s="17"/>
       <c r="I15" s="17"/>
       <c r="J15" s="17"/>
       <c r="L15" s="17"/>
     </row>
-    <row r="16" spans="2:37" ht="28.5" hidden="1" customHeight="1" thickBot="1">
+    <row r="16" spans="2:37" ht="28.5" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B16" s="176"/>
-      <c r="D16" s="338" t="s">
+      <c r="D16" s="335" t="s">
         <v>14</v>
       </c>
-      <c r="E16" s="339"/>
-[...27 lines deleted...]
-      <c r="AG16" s="343"/>
+      <c r="E16" s="336"/>
+      <c r="F16" s="336"/>
+      <c r="G16" s="337"/>
+      <c r="H16" s="338"/>
+      <c r="I16" s="339"/>
+      <c r="J16" s="339"/>
+      <c r="K16" s="339"/>
+      <c r="L16" s="339"/>
+      <c r="M16" s="339"/>
+      <c r="N16" s="339"/>
+      <c r="O16" s="339"/>
+      <c r="P16" s="339"/>
+      <c r="Q16" s="339"/>
+      <c r="R16" s="339"/>
+      <c r="S16" s="339"/>
+      <c r="T16" s="339"/>
+      <c r="U16" s="339"/>
+      <c r="V16" s="339"/>
+      <c r="W16" s="339"/>
+      <c r="X16" s="339"/>
+      <c r="Y16" s="339"/>
+      <c r="Z16" s="339"/>
+      <c r="AA16" s="339"/>
+      <c r="AB16" s="339"/>
+      <c r="AC16" s="339"/>
+      <c r="AD16" s="339"/>
+      <c r="AE16" s="339"/>
+      <c r="AF16" s="339"/>
+      <c r="AG16" s="340"/>
     </row>
-    <row r="17" spans="2:33" ht="17.25" hidden="1" customHeight="1">
+    <row r="17" spans="2:33" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B17" s="176"/>
-      <c r="D17" s="344" t="s">
-        <v>109</v>
+      <c r="D17" s="341" t="s">
+        <v>105</v>
       </c>
-      <c r="E17" s="345"/>
-[...15 lines deleted...]
-      <c r="U17" s="349" t="s">
+      <c r="E17" s="342"/>
+      <c r="F17" s="342"/>
+      <c r="G17" s="343"/>
+      <c r="H17" s="344"/>
+      <c r="I17" s="345"/>
+      <c r="J17" s="345"/>
+      <c r="K17" s="345"/>
+      <c r="L17" s="345"/>
+      <c r="M17" s="345"/>
+      <c r="N17" s="345"/>
+      <c r="O17" s="345"/>
+      <c r="P17" s="345"/>
+      <c r="Q17" s="345"/>
+      <c r="R17" s="345"/>
+      <c r="S17" s="345"/>
+      <c r="T17" s="345"/>
+      <c r="U17" s="346" t="s">
         <v>19</v>
       </c>
-      <c r="V17" s="350"/>
-[...10 lines deleted...]
-      <c r="AG17" s="351"/>
+      <c r="V17" s="347"/>
+      <c r="W17" s="344"/>
+      <c r="X17" s="345"/>
+      <c r="Y17" s="345"/>
+      <c r="Z17" s="345"/>
+      <c r="AA17" s="345"/>
+      <c r="AB17" s="345"/>
+      <c r="AC17" s="345"/>
+      <c r="AD17" s="345"/>
+      <c r="AE17" s="345"/>
+      <c r="AF17" s="345"/>
+      <c r="AG17" s="348"/>
     </row>
-    <row r="18" spans="2:33" ht="17.25" hidden="1" customHeight="1" thickBot="1">
+    <row r="18" spans="2:33" ht="17.25" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B18" s="176"/>
-      <c r="D18" s="310" t="s">
-        <v>110</v>
+      <c r="D18" s="307" t="s">
+        <v>106</v>
       </c>
-      <c r="E18" s="311"/>
-[...1 lines deleted...]
-      <c r="G18" s="352"/>
+      <c r="E18" s="308"/>
+      <c r="F18" s="308"/>
+      <c r="G18" s="349"/>
       <c r="H18" s="18" t="s">
         <v>17</v>
       </c>
-      <c r="I18" s="353"/>
-[...23 lines deleted...]
-      <c r="AG18" s="355"/>
+      <c r="I18" s="350"/>
+      <c r="J18" s="350"/>
+      <c r="K18" s="350"/>
+      <c r="L18" s="351"/>
+      <c r="M18" s="350"/>
+      <c r="N18" s="350"/>
+      <c r="O18" s="350"/>
+      <c r="P18" s="350"/>
+      <c r="Q18" s="350"/>
+      <c r="R18" s="350"/>
+      <c r="S18" s="350"/>
+      <c r="T18" s="350"/>
+      <c r="U18" s="350"/>
+      <c r="V18" s="350"/>
+      <c r="W18" s="350"/>
+      <c r="X18" s="350"/>
+      <c r="Y18" s="350"/>
+      <c r="Z18" s="350"/>
+      <c r="AA18" s="350"/>
+      <c r="AB18" s="350"/>
+      <c r="AC18" s="350"/>
+      <c r="AD18" s="350"/>
+      <c r="AE18" s="350"/>
+      <c r="AF18" s="350"/>
+      <c r="AG18" s="352"/>
     </row>
-    <row r="19" spans="2:33" ht="24.6" hidden="1" customHeight="1" thickTop="1" thickBot="1">
+    <row r="19" spans="2:33" ht="24.6" hidden="1" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B19" s="176"/>
-      <c r="D19" s="286" t="s">
+      <c r="D19" s="283" t="s">
         <v>22</v>
       </c>
-      <c r="E19" s="287"/>
-[...27 lines deleted...]
-      <c r="AG19" s="361"/>
+      <c r="E19" s="284"/>
+      <c r="F19" s="284"/>
+      <c r="G19" s="284"/>
+      <c r="H19" s="356"/>
+      <c r="I19" s="357"/>
+      <c r="J19" s="357"/>
+      <c r="K19" s="357"/>
+      <c r="L19" s="357"/>
+      <c r="M19" s="357"/>
+      <c r="N19" s="357"/>
+      <c r="O19" s="357"/>
+      <c r="P19" s="357"/>
+      <c r="Q19" s="357"/>
+      <c r="R19" s="357"/>
+      <c r="S19" s="357"/>
+      <c r="T19" s="357"/>
+      <c r="U19" s="357"/>
+      <c r="V19" s="357"/>
+      <c r="W19" s="357"/>
+      <c r="X19" s="357"/>
+      <c r="Y19" s="357"/>
+      <c r="Z19" s="357"/>
+      <c r="AA19" s="357"/>
+      <c r="AB19" s="357"/>
+      <c r="AC19" s="357"/>
+      <c r="AD19" s="357"/>
+      <c r="AE19" s="357"/>
+      <c r="AF19" s="357"/>
+      <c r="AG19" s="358"/>
     </row>
-    <row r="20" spans="2:33" ht="4.5" customHeight="1">
+    <row r="20" spans="2:33" ht="4.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B20" s="176"/>
     </row>
-    <row r="21" spans="2:33" ht="11.25" customHeight="1">
+    <row r="21" spans="2:33" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B21" s="176"/>
       <c r="C21" s="16"/>
       <c r="D21" s="16" t="s">
-        <v>111</v>
+        <v>107</v>
       </c>
       <c r="E21" s="16"/>
       <c r="F21" s="16"/>
       <c r="G21" s="16"/>
       <c r="H21" s="16"/>
       <c r="I21" s="16"/>
       <c r="J21" s="19"/>
       <c r="K21" s="16"/>
       <c r="L21" s="16"/>
       <c r="V21" s="19"/>
     </row>
-    <row r="22" spans="2:33" ht="12.75" thickBot="1">
+    <row r="22" spans="2:33" ht="12.75" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B22" s="176"/>
       <c r="C22" s="16"/>
       <c r="D22" s="94" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="E22" s="20"/>
       <c r="F22" s="20"/>
       <c r="G22" s="20"/>
       <c r="H22" s="20"/>
       <c r="I22" s="20"/>
       <c r="J22" s="20"/>
       <c r="K22" s="20"/>
       <c r="L22" s="20"/>
       <c r="M22" s="20"/>
       <c r="V22" s="17"/>
     </row>
-    <row r="23" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="23" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B23" s="176"/>
       <c r="C23" s="21"/>
-      <c r="D23" s="301" t="s">
+      <c r="D23" s="298" t="s">
         <v>14</v>
       </c>
-      <c r="E23" s="302"/>
-[...27 lines deleted...]
-      <c r="AG23" s="358"/>
+      <c r="E23" s="299"/>
+      <c r="F23" s="299"/>
+      <c r="G23" s="300"/>
+      <c r="H23" s="353"/>
+      <c r="I23" s="354"/>
+      <c r="J23" s="354"/>
+      <c r="K23" s="354"/>
+      <c r="L23" s="354"/>
+      <c r="M23" s="354"/>
+      <c r="N23" s="354"/>
+      <c r="O23" s="354"/>
+      <c r="P23" s="354"/>
+      <c r="Q23" s="354"/>
+      <c r="R23" s="354"/>
+      <c r="S23" s="354"/>
+      <c r="T23" s="354"/>
+      <c r="U23" s="354"/>
+      <c r="V23" s="354"/>
+      <c r="W23" s="354"/>
+      <c r="X23" s="354"/>
+      <c r="Y23" s="354"/>
+      <c r="Z23" s="354"/>
+      <c r="AA23" s="354"/>
+      <c r="AB23" s="354"/>
+      <c r="AC23" s="354"/>
+      <c r="AD23" s="354"/>
+      <c r="AE23" s="354"/>
+      <c r="AF23" s="354"/>
+      <c r="AG23" s="355"/>
     </row>
-    <row r="24" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="24" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B24" s="176"/>
       <c r="C24" s="21"/>
-      <c r="D24" s="326" t="s">
+      <c r="D24" s="323" t="s">
         <v>14</v>
       </c>
-      <c r="E24" s="327"/>
-[...27 lines deleted...]
-      <c r="AG24" s="331"/>
+      <c r="E24" s="324"/>
+      <c r="F24" s="324"/>
+      <c r="G24" s="325"/>
+      <c r="H24" s="326"/>
+      <c r="I24" s="327"/>
+      <c r="J24" s="327"/>
+      <c r="K24" s="327"/>
+      <c r="L24" s="327"/>
+      <c r="M24" s="327"/>
+      <c r="N24" s="327"/>
+      <c r="O24" s="327"/>
+      <c r="P24" s="327"/>
+      <c r="Q24" s="327"/>
+      <c r="R24" s="327"/>
+      <c r="S24" s="327"/>
+      <c r="T24" s="327"/>
+      <c r="U24" s="327"/>
+      <c r="V24" s="327"/>
+      <c r="W24" s="327"/>
+      <c r="X24" s="327"/>
+      <c r="Y24" s="327"/>
+      <c r="Z24" s="327"/>
+      <c r="AA24" s="327"/>
+      <c r="AB24" s="327"/>
+      <c r="AC24" s="327"/>
+      <c r="AD24" s="327"/>
+      <c r="AE24" s="327"/>
+      <c r="AF24" s="327"/>
+      <c r="AG24" s="328"/>
     </row>
-    <row r="25" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="25" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B25" s="176"/>
       <c r="C25" s="21"/>
-      <c r="D25" s="326" t="s">
+      <c r="D25" s="323" t="s">
         <v>14</v>
       </c>
-      <c r="E25" s="327"/>
-[...27 lines deleted...]
-      <c r="AG25" s="331"/>
+      <c r="E25" s="324"/>
+      <c r="F25" s="324"/>
+      <c r="G25" s="325"/>
+      <c r="H25" s="326"/>
+      <c r="I25" s="327"/>
+      <c r="J25" s="327"/>
+      <c r="K25" s="327"/>
+      <c r="L25" s="327"/>
+      <c r="M25" s="327"/>
+      <c r="N25" s="327"/>
+      <c r="O25" s="327"/>
+      <c r="P25" s="327"/>
+      <c r="Q25" s="327"/>
+      <c r="R25" s="327"/>
+      <c r="S25" s="327"/>
+      <c r="T25" s="327"/>
+      <c r="U25" s="327"/>
+      <c r="V25" s="327"/>
+      <c r="W25" s="327"/>
+      <c r="X25" s="327"/>
+      <c r="Y25" s="327"/>
+      <c r="Z25" s="327"/>
+      <c r="AA25" s="327"/>
+      <c r="AB25" s="327"/>
+      <c r="AC25" s="327"/>
+      <c r="AD25" s="327"/>
+      <c r="AE25" s="327"/>
+      <c r="AF25" s="327"/>
+      <c r="AG25" s="328"/>
     </row>
-    <row r="26" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="26" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B26" s="176"/>
       <c r="C26" s="21"/>
-      <c r="D26" s="326" t="s">
+      <c r="D26" s="323" t="s">
         <v>14</v>
       </c>
-      <c r="E26" s="327"/>
-[...27 lines deleted...]
-      <c r="AG26" s="331"/>
+      <c r="E26" s="324"/>
+      <c r="F26" s="324"/>
+      <c r="G26" s="325"/>
+      <c r="H26" s="326"/>
+      <c r="I26" s="327"/>
+      <c r="J26" s="327"/>
+      <c r="K26" s="327"/>
+      <c r="L26" s="327"/>
+      <c r="M26" s="327"/>
+      <c r="N26" s="327"/>
+      <c r="O26" s="327"/>
+      <c r="P26" s="327"/>
+      <c r="Q26" s="327"/>
+      <c r="R26" s="327"/>
+      <c r="S26" s="327"/>
+      <c r="T26" s="327"/>
+      <c r="U26" s="327"/>
+      <c r="V26" s="327"/>
+      <c r="W26" s="327"/>
+      <c r="X26" s="327"/>
+      <c r="Y26" s="327"/>
+      <c r="Z26" s="327"/>
+      <c r="AA26" s="327"/>
+      <c r="AB26" s="327"/>
+      <c r="AC26" s="327"/>
+      <c r="AD26" s="327"/>
+      <c r="AE26" s="327"/>
+      <c r="AF26" s="327"/>
+      <c r="AG26" s="328"/>
     </row>
-    <row r="27" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="27" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B27" s="176"/>
       <c r="C27" s="21"/>
-      <c r="D27" s="326" t="s">
+      <c r="D27" s="323" t="s">
         <v>14</v>
       </c>
-      <c r="E27" s="327"/>
-[...27 lines deleted...]
-      <c r="AG27" s="331"/>
+      <c r="E27" s="324"/>
+      <c r="F27" s="324"/>
+      <c r="G27" s="325"/>
+      <c r="H27" s="326"/>
+      <c r="I27" s="327"/>
+      <c r="J27" s="327"/>
+      <c r="K27" s="327"/>
+      <c r="L27" s="327"/>
+      <c r="M27" s="327"/>
+      <c r="N27" s="327"/>
+      <c r="O27" s="327"/>
+      <c r="P27" s="327"/>
+      <c r="Q27" s="327"/>
+      <c r="R27" s="327"/>
+      <c r="S27" s="327"/>
+      <c r="T27" s="327"/>
+      <c r="U27" s="327"/>
+      <c r="V27" s="327"/>
+      <c r="W27" s="327"/>
+      <c r="X27" s="327"/>
+      <c r="Y27" s="327"/>
+      <c r="Z27" s="327"/>
+      <c r="AA27" s="327"/>
+      <c r="AB27" s="327"/>
+      <c r="AC27" s="327"/>
+      <c r="AD27" s="327"/>
+      <c r="AE27" s="327"/>
+      <c r="AF27" s="327"/>
+      <c r="AG27" s="328"/>
     </row>
-    <row r="28" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="28" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B28" s="176"/>
       <c r="C28" s="21"/>
-      <c r="D28" s="326" t="s">
+      <c r="D28" s="323" t="s">
         <v>14</v>
       </c>
-      <c r="E28" s="327"/>
-[...27 lines deleted...]
-      <c r="AG28" s="331"/>
+      <c r="E28" s="324"/>
+      <c r="F28" s="324"/>
+      <c r="G28" s="325"/>
+      <c r="H28" s="326"/>
+      <c r="I28" s="327"/>
+      <c r="J28" s="327"/>
+      <c r="K28" s="327"/>
+      <c r="L28" s="327"/>
+      <c r="M28" s="327"/>
+      <c r="N28" s="327"/>
+      <c r="O28" s="327"/>
+      <c r="P28" s="327"/>
+      <c r="Q28" s="327"/>
+      <c r="R28" s="327"/>
+      <c r="S28" s="327"/>
+      <c r="T28" s="327"/>
+      <c r="U28" s="327"/>
+      <c r="V28" s="327"/>
+      <c r="W28" s="327"/>
+      <c r="X28" s="327"/>
+      <c r="Y28" s="327"/>
+      <c r="Z28" s="327"/>
+      <c r="AA28" s="327"/>
+      <c r="AB28" s="327"/>
+      <c r="AC28" s="327"/>
+      <c r="AD28" s="327"/>
+      <c r="AE28" s="327"/>
+      <c r="AF28" s="327"/>
+      <c r="AG28" s="328"/>
     </row>
-    <row r="29" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="29" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B29" s="176"/>
       <c r="C29" s="21"/>
-      <c r="D29" s="326" t="s">
+      <c r="D29" s="323" t="s">
         <v>14</v>
       </c>
-      <c r="E29" s="327"/>
-[...27 lines deleted...]
-      <c r="AG29" s="331"/>
+      <c r="E29" s="324"/>
+      <c r="F29" s="324"/>
+      <c r="G29" s="325"/>
+      <c r="H29" s="326"/>
+      <c r="I29" s="327"/>
+      <c r="J29" s="327"/>
+      <c r="K29" s="327"/>
+      <c r="L29" s="327"/>
+      <c r="M29" s="327"/>
+      <c r="N29" s="327"/>
+      <c r="O29" s="327"/>
+      <c r="P29" s="327"/>
+      <c r="Q29" s="327"/>
+      <c r="R29" s="327"/>
+      <c r="S29" s="327"/>
+      <c r="T29" s="327"/>
+      <c r="U29" s="327"/>
+      <c r="V29" s="327"/>
+      <c r="W29" s="327"/>
+      <c r="X29" s="327"/>
+      <c r="Y29" s="327"/>
+      <c r="Z29" s="327"/>
+      <c r="AA29" s="327"/>
+      <c r="AB29" s="327"/>
+      <c r="AC29" s="327"/>
+      <c r="AD29" s="327"/>
+      <c r="AE29" s="327"/>
+      <c r="AF29" s="327"/>
+      <c r="AG29" s="328"/>
     </row>
-    <row r="30" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="30" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B30" s="176"/>
       <c r="C30" s="21"/>
-      <c r="D30" s="326" t="s">
+      <c r="D30" s="323" t="s">
         <v>14</v>
       </c>
-      <c r="E30" s="327"/>
-[...27 lines deleted...]
-      <c r="AG30" s="331"/>
+      <c r="E30" s="324"/>
+      <c r="F30" s="324"/>
+      <c r="G30" s="325"/>
+      <c r="H30" s="326"/>
+      <c r="I30" s="327"/>
+      <c r="J30" s="327"/>
+      <c r="K30" s="327"/>
+      <c r="L30" s="327"/>
+      <c r="M30" s="327"/>
+      <c r="N30" s="327"/>
+      <c r="O30" s="327"/>
+      <c r="P30" s="327"/>
+      <c r="Q30" s="327"/>
+      <c r="R30" s="327"/>
+      <c r="S30" s="327"/>
+      <c r="T30" s="327"/>
+      <c r="U30" s="327"/>
+      <c r="V30" s="327"/>
+      <c r="W30" s="327"/>
+      <c r="X30" s="327"/>
+      <c r="Y30" s="327"/>
+      <c r="Z30" s="327"/>
+      <c r="AA30" s="327"/>
+      <c r="AB30" s="327"/>
+      <c r="AC30" s="327"/>
+      <c r="AD30" s="327"/>
+      <c r="AE30" s="327"/>
+      <c r="AF30" s="327"/>
+      <c r="AG30" s="328"/>
     </row>
-    <row r="31" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="31" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B31" s="176"/>
       <c r="C31" s="21"/>
-      <c r="D31" s="326" t="s">
+      <c r="D31" s="323" t="s">
         <v>14</v>
       </c>
-      <c r="E31" s="327"/>
-[...27 lines deleted...]
-      <c r="AG31" s="331"/>
+      <c r="E31" s="324"/>
+      <c r="F31" s="324"/>
+      <c r="G31" s="325"/>
+      <c r="H31" s="326"/>
+      <c r="I31" s="327"/>
+      <c r="J31" s="327"/>
+      <c r="K31" s="327"/>
+      <c r="L31" s="327"/>
+      <c r="M31" s="327"/>
+      <c r="N31" s="327"/>
+      <c r="O31" s="327"/>
+      <c r="P31" s="327"/>
+      <c r="Q31" s="327"/>
+      <c r="R31" s="327"/>
+      <c r="S31" s="327"/>
+      <c r="T31" s="327"/>
+      <c r="U31" s="327"/>
+      <c r="V31" s="327"/>
+      <c r="W31" s="327"/>
+      <c r="X31" s="327"/>
+      <c r="Y31" s="327"/>
+      <c r="Z31" s="327"/>
+      <c r="AA31" s="327"/>
+      <c r="AB31" s="327"/>
+      <c r="AC31" s="327"/>
+      <c r="AD31" s="327"/>
+      <c r="AE31" s="327"/>
+      <c r="AF31" s="327"/>
+      <c r="AG31" s="328"/>
     </row>
-    <row r="32" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="32" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B32" s="176"/>
       <c r="C32" s="21"/>
-      <c r="D32" s="326" t="s">
+      <c r="D32" s="323" t="s">
         <v>14</v>
       </c>
-      <c r="E32" s="327"/>
-[...27 lines deleted...]
-      <c r="AG32" s="331"/>
+      <c r="E32" s="324"/>
+      <c r="F32" s="324"/>
+      <c r="G32" s="325"/>
+      <c r="H32" s="326"/>
+      <c r="I32" s="327"/>
+      <c r="J32" s="327"/>
+      <c r="K32" s="327"/>
+      <c r="L32" s="327"/>
+      <c r="M32" s="327"/>
+      <c r="N32" s="327"/>
+      <c r="O32" s="327"/>
+      <c r="P32" s="327"/>
+      <c r="Q32" s="327"/>
+      <c r="R32" s="327"/>
+      <c r="S32" s="327"/>
+      <c r="T32" s="327"/>
+      <c r="U32" s="327"/>
+      <c r="V32" s="327"/>
+      <c r="W32" s="327"/>
+      <c r="X32" s="327"/>
+      <c r="Y32" s="327"/>
+      <c r="Z32" s="327"/>
+      <c r="AA32" s="327"/>
+      <c r="AB32" s="327"/>
+      <c r="AC32" s="327"/>
+      <c r="AD32" s="327"/>
+      <c r="AE32" s="327"/>
+      <c r="AF32" s="327"/>
+      <c r="AG32" s="328"/>
     </row>
-    <row r="33" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="33" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B33" s="176"/>
       <c r="C33" s="21"/>
-      <c r="D33" s="326" t="s">
+      <c r="D33" s="323" t="s">
         <v>14</v>
       </c>
-      <c r="E33" s="327"/>
-[...27 lines deleted...]
-      <c r="AG33" s="331"/>
+      <c r="E33" s="324"/>
+      <c r="F33" s="324"/>
+      <c r="G33" s="325"/>
+      <c r="H33" s="326"/>
+      <c r="I33" s="327"/>
+      <c r="J33" s="327"/>
+      <c r="K33" s="327"/>
+      <c r="L33" s="327"/>
+      <c r="M33" s="327"/>
+      <c r="N33" s="327"/>
+      <c r="O33" s="327"/>
+      <c r="P33" s="327"/>
+      <c r="Q33" s="327"/>
+      <c r="R33" s="327"/>
+      <c r="S33" s="327"/>
+      <c r="T33" s="327"/>
+      <c r="U33" s="327"/>
+      <c r="V33" s="327"/>
+      <c r="W33" s="327"/>
+      <c r="X33" s="327"/>
+      <c r="Y33" s="327"/>
+      <c r="Z33" s="327"/>
+      <c r="AA33" s="327"/>
+      <c r="AB33" s="327"/>
+      <c r="AC33" s="327"/>
+      <c r="AD33" s="327"/>
+      <c r="AE33" s="327"/>
+      <c r="AF33" s="327"/>
+      <c r="AG33" s="328"/>
     </row>
-    <row r="34" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="34" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B34" s="176"/>
       <c r="C34" s="21"/>
-      <c r="D34" s="326" t="s">
+      <c r="D34" s="323" t="s">
         <v>14</v>
       </c>
-      <c r="E34" s="327"/>
-[...27 lines deleted...]
-      <c r="AG34" s="331"/>
+      <c r="E34" s="324"/>
+      <c r="F34" s="324"/>
+      <c r="G34" s="325"/>
+      <c r="H34" s="326"/>
+      <c r="I34" s="327"/>
+      <c r="J34" s="327"/>
+      <c r="K34" s="327"/>
+      <c r="L34" s="327"/>
+      <c r="M34" s="327"/>
+      <c r="N34" s="327"/>
+      <c r="O34" s="327"/>
+      <c r="P34" s="327"/>
+      <c r="Q34" s="327"/>
+      <c r="R34" s="327"/>
+      <c r="S34" s="327"/>
+      <c r="T34" s="327"/>
+      <c r="U34" s="327"/>
+      <c r="V34" s="327"/>
+      <c r="W34" s="327"/>
+      <c r="X34" s="327"/>
+      <c r="Y34" s="327"/>
+      <c r="Z34" s="327"/>
+      <c r="AA34" s="327"/>
+      <c r="AB34" s="327"/>
+      <c r="AC34" s="327"/>
+      <c r="AD34" s="327"/>
+      <c r="AE34" s="327"/>
+      <c r="AF34" s="327"/>
+      <c r="AG34" s="328"/>
     </row>
-    <row r="35" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="35" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B35" s="176"/>
       <c r="C35" s="21"/>
-      <c r="D35" s="326" t="s">
+      <c r="D35" s="323" t="s">
         <v>14</v>
       </c>
-      <c r="E35" s="327"/>
-[...27 lines deleted...]
-      <c r="AG35" s="331"/>
+      <c r="E35" s="324"/>
+      <c r="F35" s="324"/>
+      <c r="G35" s="325"/>
+      <c r="H35" s="326"/>
+      <c r="I35" s="327"/>
+      <c r="J35" s="327"/>
+      <c r="K35" s="327"/>
+      <c r="L35" s="327"/>
+      <c r="M35" s="327"/>
+      <c r="N35" s="327"/>
+      <c r="O35" s="327"/>
+      <c r="P35" s="327"/>
+      <c r="Q35" s="327"/>
+      <c r="R35" s="327"/>
+      <c r="S35" s="327"/>
+      <c r="T35" s="327"/>
+      <c r="U35" s="327"/>
+      <c r="V35" s="327"/>
+      <c r="W35" s="327"/>
+      <c r="X35" s="327"/>
+      <c r="Y35" s="327"/>
+      <c r="Z35" s="327"/>
+      <c r="AA35" s="327"/>
+      <c r="AB35" s="327"/>
+      <c r="AC35" s="327"/>
+      <c r="AD35" s="327"/>
+      <c r="AE35" s="327"/>
+      <c r="AF35" s="327"/>
+      <c r="AG35" s="328"/>
     </row>
-    <row r="36" spans="2:33" ht="20.100000000000001" customHeight="1">
+    <row r="36" spans="2:33" ht="20.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B36" s="176"/>
       <c r="C36" s="21"/>
-      <c r="D36" s="326" t="s">
+      <c r="D36" s="323" t="s">
         <v>14</v>
       </c>
-      <c r="E36" s="327"/>
-[...27 lines deleted...]
-      <c r="AG36" s="331"/>
+      <c r="E36" s="324"/>
+      <c r="F36" s="324"/>
+      <c r="G36" s="325"/>
+      <c r="H36" s="326"/>
+      <c r="I36" s="327"/>
+      <c r="J36" s="327"/>
+      <c r="K36" s="327"/>
+      <c r="L36" s="327"/>
+      <c r="M36" s="327"/>
+      <c r="N36" s="327"/>
+      <c r="O36" s="327"/>
+      <c r="P36" s="327"/>
+      <c r="Q36" s="327"/>
+      <c r="R36" s="327"/>
+      <c r="S36" s="327"/>
+      <c r="T36" s="327"/>
+      <c r="U36" s="327"/>
+      <c r="V36" s="327"/>
+      <c r="W36" s="327"/>
+      <c r="X36" s="327"/>
+      <c r="Y36" s="327"/>
+      <c r="Z36" s="327"/>
+      <c r="AA36" s="327"/>
+      <c r="AB36" s="327"/>
+      <c r="AC36" s="327"/>
+      <c r="AD36" s="327"/>
+      <c r="AE36" s="327"/>
+      <c r="AF36" s="327"/>
+      <c r="AG36" s="328"/>
     </row>
-    <row r="37" spans="2:33" ht="20.100000000000001" customHeight="1" thickBot="1">
+    <row r="37" spans="2:33" ht="20.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B37" s="176"/>
       <c r="C37" s="21"/>
-      <c r="D37" s="286" t="s">
+      <c r="D37" s="283" t="s">
         <v>14</v>
       </c>
-      <c r="E37" s="287"/>
-[...27 lines deleted...]
-      <c r="AG37" s="291"/>
+      <c r="E37" s="284"/>
+      <c r="F37" s="284"/>
+      <c r="G37" s="285"/>
+      <c r="H37" s="286"/>
+      <c r="I37" s="287"/>
+      <c r="J37" s="287"/>
+      <c r="K37" s="287"/>
+      <c r="L37" s="287"/>
+      <c r="M37" s="287"/>
+      <c r="N37" s="287"/>
+      <c r="O37" s="287"/>
+      <c r="P37" s="287"/>
+      <c r="Q37" s="287"/>
+      <c r="R37" s="287"/>
+      <c r="S37" s="287"/>
+      <c r="T37" s="287"/>
+      <c r="U37" s="287"/>
+      <c r="V37" s="287"/>
+      <c r="W37" s="287"/>
+      <c r="X37" s="287"/>
+      <c r="Y37" s="287"/>
+      <c r="Z37" s="287"/>
+      <c r="AA37" s="287"/>
+      <c r="AB37" s="287"/>
+      <c r="AC37" s="287"/>
+      <c r="AD37" s="287"/>
+      <c r="AE37" s="287"/>
+      <c r="AF37" s="287"/>
+      <c r="AG37" s="288"/>
     </row>
-    <row r="38" spans="2:33" ht="19.899999999999999" customHeight="1">
+    <row r="38" spans="2:33" ht="19.899999999999999" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B38" s="176"/>
-      <c r="D38" s="292" t="s">
-        <v>113</v>
+      <c r="D38" s="289" t="s">
+        <v>109</v>
       </c>
-      <c r="E38" s="293"/>
-[...1 lines deleted...]
-      <c r="G38" s="294"/>
+      <c r="E38" s="290"/>
+      <c r="F38" s="290"/>
+      <c r="G38" s="291"/>
       <c r="H38" s="83" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
-      <c r="I38" s="295">
+      <c r="I38" s="292">
         <f>IF(AG38=TRUE,"---",COUNTA(H23:AG37))</f>
         <v>0</v>
       </c>
-      <c r="J38" s="295"/>
-[...2 lines deleted...]
-      <c r="M38" s="295"/>
+      <c r="J38" s="292"/>
+      <c r="K38" s="292"/>
+      <c r="L38" s="292"/>
+      <c r="M38" s="292"/>
       <c r="N38" s="84" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="O38" s="74"/>
       <c r="P38" s="85"/>
       <c r="Q38" s="85"/>
-      <c r="R38" s="296" t="s">
-        <v>116</v>
+      <c r="R38" s="293" t="s">
+        <v>112</v>
       </c>
-      <c r="S38" s="296"/>
-[...10 lines deleted...]
-      <c r="AD38" s="300"/>
+      <c r="S38" s="293"/>
+      <c r="T38" s="293"/>
+      <c r="U38" s="293"/>
+      <c r="V38" s="293"/>
+      <c r="W38" s="293"/>
+      <c r="X38" s="293"/>
+      <c r="Y38" s="293"/>
+      <c r="Z38" s="293"/>
+      <c r="AA38" s="294"/>
+      <c r="AB38" s="295"/>
+      <c r="AC38" s="296"/>
+      <c r="AD38" s="297"/>
       <c r="AE38" s="54" t="s">
-        <v>115</v>
+        <v>111</v>
       </c>
       <c r="AF38" s="85"/>
       <c r="AG38" s="65" t="b">
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="2:33" ht="9" customHeight="1">
+    <row r="39" spans="2:33" ht="9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B39" s="176"/>
       <c r="D39" s="34"/>
     </row>
-    <row r="40" spans="2:33" ht="3.6" customHeight="1">
+    <row r="40" spans="2:33" ht="3.6" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B40" s="176"/>
     </row>
-    <row r="41" spans="2:33" ht="3.75" customHeight="1">
+    <row r="41" spans="2:33" ht="3.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B41" s="176"/>
     </row>
-    <row r="42" spans="2:33" ht="19.5" customHeight="1" thickBot="1">
+    <row r="42" spans="2:33" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B42" s="176"/>
       <c r="D42" s="20" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="E42" s="20"/>
       <c r="F42" s="20"/>
       <c r="G42" s="20"/>
       <c r="H42" s="20"/>
       <c r="I42" s="20"/>
       <c r="J42" s="20"/>
       <c r="K42" s="20"/>
       <c r="L42" s="20"/>
       <c r="M42" s="20"/>
       <c r="N42" s="20"/>
       <c r="O42" s="20"/>
       <c r="P42" s="20"/>
       <c r="Q42" s="20"/>
       <c r="R42" s="20"/>
       <c r="S42" s="20"/>
       <c r="T42" s="20"/>
       <c r="U42" s="20"/>
       <c r="V42" s="98" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="W42" s="20"/>
       <c r="X42" s="20"/>
       <c r="Y42" s="20"/>
       <c r="Z42" s="20"/>
       <c r="AA42" s="20"/>
       <c r="AB42" s="20"/>
       <c r="AC42" s="20"/>
       <c r="AD42" s="20"/>
       <c r="AE42" s="20"/>
       <c r="AF42" s="20"/>
       <c r="AG42" s="20"/>
     </row>
-    <row r="43" spans="2:33" ht="31.5" customHeight="1">
+    <row r="43" spans="2:33" ht="31.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B43" s="176"/>
-      <c r="D43" s="301" t="s">
-        <v>119</v>
+      <c r="D43" s="298" t="s">
+        <v>115</v>
       </c>
-      <c r="E43" s="302"/>
-[...27 lines deleted...]
-      <c r="AG43" s="306"/>
+      <c r="E43" s="299"/>
+      <c r="F43" s="299"/>
+      <c r="G43" s="300"/>
+      <c r="H43" s="301"/>
+      <c r="I43" s="302"/>
+      <c r="J43" s="302"/>
+      <c r="K43" s="302"/>
+      <c r="L43" s="302"/>
+      <c r="M43" s="302"/>
+      <c r="N43" s="302"/>
+      <c r="O43" s="302"/>
+      <c r="P43" s="302"/>
+      <c r="Q43" s="302"/>
+      <c r="R43" s="302"/>
+      <c r="S43" s="302"/>
+      <c r="T43" s="302"/>
+      <c r="U43" s="302"/>
+      <c r="V43" s="302"/>
+      <c r="W43" s="302"/>
+      <c r="X43" s="302"/>
+      <c r="Y43" s="302"/>
+      <c r="Z43" s="302"/>
+      <c r="AA43" s="302"/>
+      <c r="AB43" s="302"/>
+      <c r="AC43" s="302"/>
+      <c r="AD43" s="302"/>
+      <c r="AE43" s="302"/>
+      <c r="AF43" s="302"/>
+      <c r="AG43" s="303"/>
     </row>
-    <row r="44" spans="2:33" ht="3.6" customHeight="1">
+    <row r="44" spans="2:33" ht="3.6" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B44" s="176"/>
     </row>
-    <row r="45" spans="2:33" ht="3.75" customHeight="1">
+    <row r="45" spans="2:33" ht="3.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B45" s="176"/>
     </row>
-    <row r="46" spans="2:33" ht="19.5" customHeight="1" thickBot="1">
+    <row r="46" spans="2:33" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B46" s="176"/>
       <c r="D46" s="20" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="E46" s="20"/>
       <c r="F46" s="20"/>
       <c r="G46" s="20"/>
       <c r="H46" s="20"/>
       <c r="I46" s="20"/>
       <c r="J46" s="20"/>
       <c r="K46" s="20"/>
       <c r="L46" s="20"/>
       <c r="M46" s="20"/>
       <c r="N46" s="20"/>
       <c r="O46" s="20"/>
       <c r="P46" s="20"/>
       <c r="Q46" s="20"/>
       <c r="R46" s="98" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="S46" s="20"/>
       <c r="T46" s="20"/>
       <c r="U46" s="20"/>
       <c r="V46" s="20"/>
       <c r="W46" s="20"/>
       <c r="X46" s="20"/>
       <c r="Y46" s="20"/>
       <c r="Z46" s="20"/>
       <c r="AA46" s="20"/>
       <c r="AB46" s="20"/>
       <c r="AC46" s="20"/>
       <c r="AD46" s="20"/>
       <c r="AE46" s="20"/>
       <c r="AF46" s="20"/>
       <c r="AG46" s="20"/>
     </row>
-    <row r="47" spans="2:33" ht="31.5" customHeight="1">
+    <row r="47" spans="2:33" ht="31.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B47" s="176"/>
-      <c r="D47" s="301" t="s">
-        <v>121</v>
+      <c r="D47" s="298" t="s">
+        <v>117</v>
       </c>
-      <c r="E47" s="302"/>
-[...27 lines deleted...]
-      <c r="AG47" s="309"/>
+      <c r="E47" s="299"/>
+      <c r="F47" s="299"/>
+      <c r="G47" s="300"/>
+      <c r="H47" s="304"/>
+      <c r="I47" s="305"/>
+      <c r="J47" s="305"/>
+      <c r="K47" s="305"/>
+      <c r="L47" s="305"/>
+      <c r="M47" s="305"/>
+      <c r="N47" s="305"/>
+      <c r="O47" s="305"/>
+      <c r="P47" s="305"/>
+      <c r="Q47" s="305"/>
+      <c r="R47" s="305"/>
+      <c r="S47" s="305"/>
+      <c r="T47" s="305"/>
+      <c r="U47" s="305"/>
+      <c r="V47" s="305"/>
+      <c r="W47" s="305"/>
+      <c r="X47" s="305"/>
+      <c r="Y47" s="305"/>
+      <c r="Z47" s="305"/>
+      <c r="AA47" s="305"/>
+      <c r="AB47" s="305"/>
+      <c r="AC47" s="305"/>
+      <c r="AD47" s="305"/>
+      <c r="AE47" s="305"/>
+      <c r="AF47" s="305"/>
+      <c r="AG47" s="306"/>
     </row>
-    <row r="48" spans="2:33" ht="19.5" customHeight="1">
+    <row r="48" spans="2:33" ht="19.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B48" s="176"/>
       <c r="C48" s="21"/>
-      <c r="D48" s="310" t="s">
-        <v>122</v>
+      <c r="D48" s="307" t="s">
+        <v>118</v>
       </c>
-      <c r="E48" s="311"/>
-[...27 lines deleted...]
-      <c r="AG48" s="318"/>
+      <c r="E48" s="308"/>
+      <c r="F48" s="308"/>
+      <c r="G48" s="308"/>
+      <c r="H48" s="313"/>
+      <c r="I48" s="314"/>
+      <c r="J48" s="314"/>
+      <c r="K48" s="314"/>
+      <c r="L48" s="314"/>
+      <c r="M48" s="314"/>
+      <c r="N48" s="314"/>
+      <c r="O48" s="314"/>
+      <c r="P48" s="314"/>
+      <c r="Q48" s="314"/>
+      <c r="R48" s="314"/>
+      <c r="S48" s="314"/>
+      <c r="T48" s="314"/>
+      <c r="U48" s="314"/>
+      <c r="V48" s="314"/>
+      <c r="W48" s="314"/>
+      <c r="X48" s="314"/>
+      <c r="Y48" s="314"/>
+      <c r="Z48" s="314"/>
+      <c r="AA48" s="314"/>
+      <c r="AB48" s="314"/>
+      <c r="AC48" s="314"/>
+      <c r="AD48" s="314"/>
+      <c r="AE48" s="314"/>
+      <c r="AF48" s="314"/>
+      <c r="AG48" s="315"/>
     </row>
-    <row r="49" spans="2:33" ht="18" customHeight="1">
+    <row r="49" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B49" s="176"/>
-      <c r="D49" s="312"/>
-[...28 lines deleted...]
-      <c r="AG49" s="321"/>
+      <c r="D49" s="309"/>
+      <c r="E49" s="310"/>
+      <c r="F49" s="310"/>
+      <c r="G49" s="310"/>
+      <c r="H49" s="316"/>
+      <c r="I49" s="317"/>
+      <c r="J49" s="317"/>
+      <c r="K49" s="317"/>
+      <c r="L49" s="317"/>
+      <c r="M49" s="317"/>
+      <c r="N49" s="317"/>
+      <c r="O49" s="317"/>
+      <c r="P49" s="317"/>
+      <c r="Q49" s="317"/>
+      <c r="R49" s="317"/>
+      <c r="S49" s="317"/>
+      <c r="T49" s="317"/>
+      <c r="U49" s="317"/>
+      <c r="V49" s="317"/>
+      <c r="W49" s="317"/>
+      <c r="X49" s="317"/>
+      <c r="Y49" s="317"/>
+      <c r="Z49" s="317"/>
+      <c r="AA49" s="317"/>
+      <c r="AB49" s="317"/>
+      <c r="AC49" s="317"/>
+      <c r="AD49" s="317"/>
+      <c r="AE49" s="317"/>
+      <c r="AF49" s="317"/>
+      <c r="AG49" s="318"/>
     </row>
-    <row r="50" spans="2:33" ht="17.25" customHeight="1" thickBot="1">
+    <row r="50" spans="2:33" ht="17.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B50" s="176"/>
-      <c r="D50" s="314"/>
-[...28 lines deleted...]
-      <c r="AG50" s="324"/>
+      <c r="D50" s="311"/>
+      <c r="E50" s="312"/>
+      <c r="F50" s="312"/>
+      <c r="G50" s="312"/>
+      <c r="H50" s="319"/>
+      <c r="I50" s="320"/>
+      <c r="J50" s="320"/>
+      <c r="K50" s="320"/>
+      <c r="L50" s="320"/>
+      <c r="M50" s="320"/>
+      <c r="N50" s="320"/>
+      <c r="O50" s="320"/>
+      <c r="P50" s="320"/>
+      <c r="Q50" s="320"/>
+      <c r="R50" s="320"/>
+      <c r="S50" s="320"/>
+      <c r="T50" s="320"/>
+      <c r="U50" s="320"/>
+      <c r="V50" s="320"/>
+      <c r="W50" s="320"/>
+      <c r="X50" s="320"/>
+      <c r="Y50" s="320"/>
+      <c r="Z50" s="320"/>
+      <c r="AA50" s="320"/>
+      <c r="AB50" s="320"/>
+      <c r="AC50" s="320"/>
+      <c r="AD50" s="320"/>
+      <c r="AE50" s="320"/>
+      <c r="AF50" s="320"/>
+      <c r="AG50" s="321"/>
     </row>
-    <row r="51" spans="2:33" ht="18.75" hidden="1" customHeight="1" thickBot="1">
+    <row r="51" spans="2:33" ht="18.75" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B51" s="176"/>
-      <c r="D51" s="314"/>
-[...2 lines deleted...]
-      <c r="G51" s="325"/>
+      <c r="D51" s="311"/>
+      <c r="E51" s="312"/>
+      <c r="F51" s="312"/>
+      <c r="G51" s="322"/>
       <c r="H51" s="61"/>
       <c r="I51" s="62"/>
       <c r="J51" s="63"/>
       <c r="K51" s="63"/>
       <c r="L51" s="63"/>
       <c r="M51" s="63"/>
       <c r="N51" s="63"/>
       <c r="O51" s="63"/>
       <c r="P51" s="63"/>
       <c r="Q51" s="63"/>
       <c r="R51" s="63"/>
       <c r="S51" s="63"/>
       <c r="T51" s="63"/>
       <c r="U51" s="63"/>
       <c r="V51" s="63"/>
       <c r="W51" s="63"/>
       <c r="X51" s="63"/>
       <c r="Y51" s="63"/>
       <c r="Z51" s="63"/>
       <c r="AA51" s="63"/>
       <c r="AB51" s="63"/>
       <c r="AC51" s="63"/>
       <c r="AD51" s="63"/>
       <c r="AE51" s="63"/>
       <c r="AF51" s="63"/>
       <c r="AG51" s="64"/>
     </row>
-    <row r="52" spans="2:33" ht="3" customHeight="1">
+    <row r="52" spans="2:33" ht="3" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B52" s="176"/>
     </row>
-    <row r="53" spans="2:33" ht="5.25" customHeight="1">
+    <row r="53" spans="2:33" ht="5.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B53" s="176"/>
       <c r="C53" s="12"/>
       <c r="D53" s="22"/>
       <c r="E53" s="22"/>
       <c r="F53" s="22"/>
       <c r="G53" s="22"/>
       <c r="H53" s="23"/>
       <c r="I53" s="24"/>
       <c r="J53" s="23"/>
       <c r="K53" s="23"/>
       <c r="L53" s="23"/>
       <c r="M53" s="25"/>
       <c r="N53" s="25"/>
       <c r="O53" s="26"/>
       <c r="P53" s="25"/>
       <c r="Q53" s="27"/>
       <c r="R53" s="27"/>
       <c r="S53" s="27"/>
       <c r="T53" s="27"/>
       <c r="U53" s="27"/>
       <c r="V53" s="27"/>
       <c r="W53" s="27"/>
       <c r="X53" s="27"/>
       <c r="Y53" s="27"/>
       <c r="Z53" s="27"/>
       <c r="AA53" s="27"/>
       <c r="AB53" s="27"/>
       <c r="AC53" s="27"/>
       <c r="AD53" s="28"/>
       <c r="AE53" s="12"/>
       <c r="AF53" s="12"/>
       <c r="AG53" s="12"/>
     </row>
-    <row r="54" spans="2:33" ht="3" customHeight="1"/>
-    <row r="55" spans="2:33" s="34" customFormat="1" ht="14.25" hidden="1" customHeight="1">
+    <row r="54" spans="2:33" ht="3" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="55" spans="2:33" s="34" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B55" s="33"/>
       <c r="D55" s="35"/>
       <c r="E55" s="35"/>
       <c r="F55" s="35"/>
       <c r="G55" s="35"/>
       <c r="H55" s="35"/>
       <c r="I55" s="35"/>
       <c r="J55" s="35"/>
       <c r="K55" s="35"/>
       <c r="L55" s="35"/>
       <c r="M55" s="35"/>
       <c r="N55" s="35"/>
       <c r="O55" s="35"/>
       <c r="P55" s="35"/>
       <c r="Q55" s="35"/>
       <c r="R55" s="35"/>
       <c r="S55" s="35"/>
       <c r="T55" s="35"/>
       <c r="U55" s="35"/>
       <c r="V55" s="35"/>
       <c r="W55" s="35"/>
       <c r="X55" s="35"/>
       <c r="Y55" s="35"/>
       <c r="Z55" s="35"/>
       <c r="AA55" s="35"/>
     </row>
-    <row r="56" spans="2:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="56" spans="2:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B56" s="33"/>
       <c r="D56" s="229"/>
       <c r="E56" s="229"/>
       <c r="F56" s="229"/>
       <c r="G56" s="229"/>
       <c r="H56" s="229"/>
       <c r="I56" s="229"/>
       <c r="J56" s="229"/>
       <c r="K56" s="229"/>
       <c r="L56" s="165"/>
       <c r="M56" s="165"/>
       <c r="N56" s="164"/>
       <c r="O56" s="165"/>
       <c r="P56" s="165"/>
       <c r="Q56" s="165"/>
       <c r="R56" s="165"/>
       <c r="S56" s="86"/>
       <c r="T56" s="36"/>
       <c r="U56" s="87"/>
       <c r="V56" s="38"/>
       <c r="W56" s="38"/>
       <c r="X56" s="38"/>
       <c r="Y56" s="38"/>
       <c r="Z56" s="165"/>
       <c r="AA56" s="165"/>
       <c r="AB56" s="165"/>
       <c r="AC56" s="37"/>
       <c r="AD56" s="37"/>
     </row>
-    <row r="57" spans="2:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="57" spans="2:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B57" s="33"/>
       <c r="D57" s="180"/>
       <c r="E57" s="180"/>
       <c r="F57" s="180"/>
       <c r="G57" s="180"/>
       <c r="H57" s="180"/>
       <c r="I57" s="180"/>
       <c r="J57" s="180"/>
       <c r="K57" s="180"/>
       <c r="L57" s="180"/>
       <c r="M57" s="180"/>
       <c r="N57" s="180"/>
       <c r="O57" s="180"/>
       <c r="P57" s="180"/>
       <c r="Q57" s="180"/>
       <c r="R57" s="180"/>
       <c r="S57" s="180"/>
       <c r="T57" s="180"/>
       <c r="U57" s="180"/>
       <c r="V57" s="180"/>
       <c r="W57" s="180"/>
       <c r="X57" s="180"/>
       <c r="Y57" s="180"/>
       <c r="Z57" s="180"/>
       <c r="AA57" s="180"/>
       <c r="AB57" s="180"/>
     </row>
-    <row r="58" spans="2:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="58" spans="2:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B58" s="33"/>
       <c r="D58" s="165"/>
       <c r="E58" s="165"/>
       <c r="F58" s="165"/>
       <c r="G58" s="165"/>
       <c r="H58" s="165"/>
       <c r="I58" s="165"/>
       <c r="J58" s="165"/>
       <c r="K58" s="165"/>
       <c r="L58" s="165"/>
       <c r="M58" s="165"/>
       <c r="N58" s="165"/>
       <c r="O58" s="165"/>
       <c r="P58" s="165"/>
       <c r="Q58" s="165"/>
       <c r="R58" s="165"/>
       <c r="S58" s="165"/>
       <c r="T58" s="165"/>
       <c r="U58" s="165"/>
       <c r="V58" s="165"/>
       <c r="W58" s="165"/>
       <c r="X58" s="165"/>
       <c r="Y58" s="165"/>
       <c r="Z58" s="165"/>
       <c r="AA58" s="165"/>
       <c r="AB58" s="165"/>
     </row>
-    <row r="59" spans="2:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="59" spans="2:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B59" s="33"/>
       <c r="D59" s="165"/>
       <c r="E59" s="35"/>
-      <c r="F59" s="278"/>
-[...20 lines deleted...]
-      <c r="AA59" s="285"/>
+      <c r="F59" s="275"/>
+      <c r="G59" s="275"/>
+      <c r="H59" s="275"/>
+      <c r="I59" s="275"/>
+      <c r="J59" s="275"/>
+      <c r="K59" s="275"/>
+      <c r="L59" s="275"/>
+      <c r="M59" s="275"/>
+      <c r="N59" s="282"/>
+      <c r="O59" s="282"/>
+      <c r="P59" s="282"/>
+      <c r="Q59" s="282"/>
+      <c r="R59" s="282"/>
+      <c r="S59" s="282"/>
+      <c r="T59" s="282"/>
+      <c r="U59" s="282"/>
+      <c r="V59" s="282"/>
+      <c r="W59" s="282"/>
+      <c r="X59" s="282"/>
+      <c r="Y59" s="282"/>
+      <c r="Z59" s="282"/>
+      <c r="AA59" s="282"/>
     </row>
-    <row r="60" spans="2:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="60" spans="2:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B60" s="33"/>
       <c r="D60" s="165"/>
       <c r="E60" s="35"/>
-      <c r="F60" s="283"/>
-[...8 lines deleted...]
-      <c r="O60" s="284"/>
+      <c r="F60" s="280"/>
+      <c r="G60" s="280"/>
+      <c r="H60" s="280"/>
+      <c r="I60" s="280"/>
+      <c r="J60" s="280"/>
+      <c r="K60" s="280"/>
+      <c r="L60" s="280"/>
+      <c r="M60" s="280"/>
+      <c r="N60" s="281"/>
+      <c r="O60" s="281"/>
       <c r="P60" s="88"/>
       <c r="Q60" s="89"/>
       <c r="R60" s="165"/>
       <c r="S60" s="88"/>
       <c r="T60" s="88"/>
-      <c r="U60" s="284"/>
-      <c r="V60" s="284"/>
+      <c r="U60" s="281"/>
+      <c r="V60" s="281"/>
       <c r="W60" s="166"/>
       <c r="X60" s="90"/>
       <c r="Y60" s="181"/>
       <c r="Z60" s="181"/>
       <c r="AA60" s="35"/>
     </row>
-    <row r="61" spans="2:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="61" spans="2:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B61" s="33"/>
       <c r="D61" s="165"/>
       <c r="E61" s="35"/>
-      <c r="F61" s="283"/>
-[...8 lines deleted...]
-      <c r="O61" s="284"/>
+      <c r="F61" s="280"/>
+      <c r="G61" s="280"/>
+      <c r="H61" s="280"/>
+      <c r="I61" s="280"/>
+      <c r="J61" s="280"/>
+      <c r="K61" s="280"/>
+      <c r="L61" s="280"/>
+      <c r="M61" s="280"/>
+      <c r="N61" s="281"/>
+      <c r="O61" s="281"/>
       <c r="P61" s="88"/>
       <c r="Q61" s="89"/>
       <c r="R61" s="88"/>
       <c r="S61" s="88"/>
       <c r="T61" s="88"/>
-      <c r="U61" s="284"/>
-      <c r="V61" s="284"/>
+      <c r="U61" s="281"/>
+      <c r="V61" s="281"/>
       <c r="W61" s="166"/>
       <c r="X61" s="90"/>
       <c r="Y61" s="34"/>
       <c r="Z61" s="34"/>
       <c r="AA61" s="35"/>
     </row>
-    <row r="62" spans="2:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="62" spans="2:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B62" s="33"/>
       <c r="D62" s="165"/>
       <c r="E62" s="35"/>
-      <c r="F62" s="283"/>
-[...8 lines deleted...]
-      <c r="O62" s="284"/>
+      <c r="F62" s="280"/>
+      <c r="G62" s="280"/>
+      <c r="H62" s="280"/>
+      <c r="I62" s="280"/>
+      <c r="J62" s="280"/>
+      <c r="K62" s="280"/>
+      <c r="L62" s="280"/>
+      <c r="M62" s="280"/>
+      <c r="N62" s="281"/>
+      <c r="O62" s="281"/>
       <c r="P62" s="88"/>
       <c r="Q62" s="89"/>
       <c r="R62" s="88"/>
       <c r="S62" s="88"/>
       <c r="T62" s="88"/>
-      <c r="U62" s="284"/>
-      <c r="V62" s="284"/>
+      <c r="U62" s="281"/>
+      <c r="V62" s="281"/>
       <c r="W62" s="166"/>
       <c r="X62" s="90"/>
       <c r="Y62" s="34"/>
       <c r="Z62" s="34"/>
       <c r="AA62" s="35"/>
     </row>
-    <row r="63" spans="2:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="63" spans="2:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B63" s="33"/>
       <c r="D63" s="165"/>
       <c r="E63" s="86"/>
       <c r="F63" s="54"/>
       <c r="G63" s="54"/>
       <c r="H63" s="54"/>
       <c r="I63" s="54"/>
       <c r="J63" s="54"/>
       <c r="K63" s="38"/>
       <c r="L63" s="38"/>
       <c r="M63" s="38"/>
       <c r="N63" s="38"/>
       <c r="O63" s="38"/>
       <c r="P63" s="38"/>
       <c r="Q63" s="38"/>
       <c r="R63" s="38"/>
       <c r="S63" s="38"/>
       <c r="T63" s="40"/>
       <c r="U63" s="40"/>
       <c r="V63" s="40"/>
       <c r="W63" s="40"/>
       <c r="X63" s="40"/>
     </row>
-    <row r="64" spans="2:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="64" spans="2:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="D64" s="91"/>
       <c r="E64" s="91"/>
       <c r="F64" s="91"/>
       <c r="G64" s="91"/>
       <c r="H64" s="91"/>
       <c r="I64" s="91"/>
       <c r="J64" s="91"/>
       <c r="K64" s="91"/>
       <c r="L64" s="91"/>
     </row>
-    <row r="65" spans="1:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="65" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B65" s="32"/>
       <c r="D65" s="32"/>
       <c r="E65" s="33"/>
       <c r="F65" s="33"/>
       <c r="G65" s="33"/>
       <c r="H65" s="33"/>
       <c r="I65" s="33"/>
       <c r="J65" s="33"/>
       <c r="K65" s="33"/>
       <c r="L65" s="33"/>
       <c r="M65" s="33"/>
       <c r="N65" s="33"/>
       <c r="O65" s="33"/>
       <c r="P65" s="33"/>
       <c r="Q65" s="33"/>
       <c r="R65" s="33"/>
       <c r="S65" s="33"/>
       <c r="T65" s="33"/>
       <c r="U65" s="33"/>
       <c r="V65" s="33"/>
       <c r="W65" s="33"/>
       <c r="X65" s="33"/>
       <c r="Y65" s="33"/>
       <c r="Z65" s="33"/>
       <c r="AA65" s="33"/>
       <c r="AB65" s="33"/>
       <c r="AC65" s="33"/>
       <c r="AD65" s="33"/>
       <c r="AE65" s="33"/>
       <c r="AF65" s="33"/>
       <c r="AG65" s="33"/>
     </row>
-    <row r="66" spans="1:33" ht="14.25" hidden="1" customHeight="1">
-      <c r="B66" s="277"/>
+    <row r="66" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B66" s="274"/>
       <c r="D66" s="41"/>
       <c r="E66" s="38"/>
       <c r="F66" s="38"/>
       <c r="G66" s="38"/>
       <c r="H66" s="38"/>
       <c r="I66" s="38"/>
       <c r="J66" s="165"/>
       <c r="K66" s="165"/>
       <c r="L66" s="165"/>
       <c r="M66" s="165"/>
       <c r="N66" s="165"/>
       <c r="O66" s="165"/>
       <c r="P66" s="165"/>
       <c r="Q66" s="165"/>
       <c r="R66" s="165"/>
       <c r="S66" s="165"/>
       <c r="T66" s="165"/>
       <c r="U66" s="92"/>
       <c r="V66" s="37"/>
       <c r="W66" s="37"/>
       <c r="X66" s="37"/>
       <c r="Y66" s="37"/>
       <c r="Z66" s="37"/>
       <c r="AA66" s="92"/>
       <c r="AB66" s="37"/>
       <c r="AC66" s="37"/>
       <c r="AD66" s="37"/>
       <c r="AE66" s="37"/>
     </row>
-    <row r="67" spans="1:33" s="34" customFormat="1" ht="14.25" hidden="1" customHeight="1">
-      <c r="B67" s="277"/>
+    <row r="67" spans="1:33" s="34" customFormat="1" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B67" s="274"/>
       <c r="D67" s="86"/>
       <c r="E67" s="35"/>
       <c r="F67" s="35"/>
       <c r="G67" s="35"/>
       <c r="H67" s="35"/>
       <c r="I67" s="35"/>
       <c r="J67" s="165"/>
       <c r="K67" s="165"/>
       <c r="L67" s="165"/>
       <c r="M67" s="165"/>
       <c r="N67" s="165"/>
       <c r="O67" s="165"/>
       <c r="P67" s="165"/>
       <c r="Q67" s="165"/>
       <c r="R67" s="165"/>
       <c r="S67" s="165"/>
       <c r="T67" s="166"/>
       <c r="U67" s="36"/>
       <c r="V67" s="35"/>
       <c r="W67" s="35"/>
       <c r="X67" s="35"/>
       <c r="Y67" s="35"/>
       <c r="Z67" s="35"/>
       <c r="AA67" s="165"/>
       <c r="AB67" s="165"/>
       <c r="AC67" s="165"/>
       <c r="AD67" s="37"/>
       <c r="AE67" s="37"/>
     </row>
-    <row r="68" spans="1:33" ht="14.25" hidden="1" customHeight="1">
-      <c r="B68" s="277"/>
+    <row r="68" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B68" s="274"/>
       <c r="D68" s="166"/>
       <c r="E68" s="38"/>
       <c r="F68" s="38"/>
       <c r="G68" s="38"/>
       <c r="H68" s="38"/>
       <c r="I68" s="38"/>
       <c r="J68" s="165"/>
       <c r="K68" s="165"/>
       <c r="L68" s="165"/>
       <c r="M68" s="165"/>
       <c r="N68" s="165"/>
       <c r="O68" s="165"/>
       <c r="P68" s="165"/>
       <c r="Q68" s="165"/>
       <c r="R68" s="165"/>
       <c r="S68" s="165"/>
       <c r="T68" s="165"/>
       <c r="U68" s="92"/>
       <c r="V68" s="37"/>
       <c r="W68" s="37"/>
       <c r="X68" s="37"/>
       <c r="Y68" s="37"/>
       <c r="Z68" s="37"/>
       <c r="AA68" s="92"/>
       <c r="AB68" s="37"/>
       <c r="AC68" s="37"/>
       <c r="AD68" s="37"/>
       <c r="AE68" s="37"/>
     </row>
-    <row r="69" spans="1:33" ht="14.25" hidden="1" customHeight="1">
-      <c r="B69" s="277"/>
+    <row r="69" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B69" s="274"/>
       <c r="D69" s="35"/>
-      <c r="E69" s="278"/>
-[...7 lines deleted...]
-      <c r="M69" s="278"/>
+      <c r="E69" s="275"/>
+      <c r="F69" s="275"/>
+      <c r="G69" s="275"/>
+      <c r="H69" s="275"/>
+      <c r="I69" s="275"/>
+      <c r="J69" s="275"/>
+      <c r="K69" s="275"/>
+      <c r="L69" s="275"/>
+      <c r="M69" s="275"/>
       <c r="N69" s="35"/>
-      <c r="O69" s="278"/>
-[...7 lines deleted...]
-      <c r="W69" s="278"/>
+      <c r="O69" s="275"/>
+      <c r="P69" s="275"/>
+      <c r="Q69" s="275"/>
+      <c r="R69" s="275"/>
+      <c r="S69" s="275"/>
+      <c r="T69" s="275"/>
+      <c r="U69" s="275"/>
+      <c r="V69" s="275"/>
+      <c r="W69" s="275"/>
       <c r="X69" s="35"/>
-      <c r="Y69" s="278"/>
-[...7 lines deleted...]
-      <c r="AG69" s="278"/>
+      <c r="Y69" s="275"/>
+      <c r="Z69" s="275"/>
+      <c r="AA69" s="275"/>
+      <c r="AB69" s="275"/>
+      <c r="AC69" s="275"/>
+      <c r="AD69" s="275"/>
+      <c r="AE69" s="275"/>
+      <c r="AF69" s="275"/>
+      <c r="AG69" s="275"/>
     </row>
-    <row r="70" spans="1:33" ht="14.25" hidden="1" customHeight="1">
-      <c r="B70" s="277"/>
+    <row r="70" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B70" s="274"/>
       <c r="D70" s="38"/>
-      <c r="E70" s="279"/>
-[...7 lines deleted...]
-      <c r="M70" s="279"/>
+      <c r="E70" s="276"/>
+      <c r="F70" s="276"/>
+      <c r="G70" s="276"/>
+      <c r="H70" s="276"/>
+      <c r="I70" s="276"/>
+      <c r="J70" s="276"/>
+      <c r="K70" s="276"/>
+      <c r="L70" s="276"/>
+      <c r="M70" s="276"/>
       <c r="N70" s="38"/>
-      <c r="O70" s="280"/>
-[...7 lines deleted...]
-      <c r="W70" s="280"/>
+      <c r="O70" s="277"/>
+      <c r="P70" s="277"/>
+      <c r="Q70" s="277"/>
+      <c r="R70" s="277"/>
+      <c r="S70" s="277"/>
+      <c r="T70" s="277"/>
+      <c r="U70" s="277"/>
+      <c r="V70" s="277"/>
+      <c r="W70" s="277"/>
       <c r="X70" s="54"/>
-      <c r="Y70" s="279"/>
-[...7 lines deleted...]
-      <c r="AG70" s="279"/>
+      <c r="Y70" s="276"/>
+      <c r="Z70" s="276"/>
+      <c r="AA70" s="276"/>
+      <c r="AB70" s="276"/>
+      <c r="AC70" s="276"/>
+      <c r="AD70" s="276"/>
+      <c r="AE70" s="276"/>
+      <c r="AF70" s="276"/>
+      <c r="AG70" s="276"/>
     </row>
-    <row r="71" spans="1:33" ht="14.25" hidden="1" customHeight="1">
-      <c r="B71" s="277"/>
+    <row r="71" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B71" s="274"/>
       <c r="D71" s="38"/>
-      <c r="E71" s="279"/>
-[...7 lines deleted...]
-      <c r="M71" s="279"/>
+      <c r="E71" s="276"/>
+      <c r="F71" s="276"/>
+      <c r="G71" s="276"/>
+      <c r="H71" s="276"/>
+      <c r="I71" s="276"/>
+      <c r="J71" s="276"/>
+      <c r="K71" s="276"/>
+      <c r="L71" s="276"/>
+      <c r="M71" s="276"/>
       <c r="N71" s="38"/>
-      <c r="O71" s="280"/>
-[...7 lines deleted...]
-      <c r="W71" s="280"/>
+      <c r="O71" s="277"/>
+      <c r="P71" s="277"/>
+      <c r="Q71" s="277"/>
+      <c r="R71" s="277"/>
+      <c r="S71" s="277"/>
+      <c r="T71" s="277"/>
+      <c r="U71" s="277"/>
+      <c r="V71" s="277"/>
+      <c r="W71" s="277"/>
       <c r="X71" s="54"/>
-      <c r="Y71" s="279"/>
-[...7 lines deleted...]
-      <c r="AG71" s="279"/>
+      <c r="Y71" s="276"/>
+      <c r="Z71" s="276"/>
+      <c r="AA71" s="276"/>
+      <c r="AB71" s="276"/>
+      <c r="AC71" s="276"/>
+      <c r="AD71" s="276"/>
+      <c r="AE71" s="276"/>
+      <c r="AF71" s="276"/>
+      <c r="AG71" s="276"/>
     </row>
-    <row r="72" spans="1:33" ht="14.25" hidden="1" customHeight="1">
-      <c r="B72" s="277"/>
+    <row r="72" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B72" s="274"/>
       <c r="D72" s="38"/>
-      <c r="E72" s="279"/>
-[...7 lines deleted...]
-      <c r="M72" s="279"/>
+      <c r="E72" s="276"/>
+      <c r="F72" s="276"/>
+      <c r="G72" s="276"/>
+      <c r="H72" s="276"/>
+      <c r="I72" s="276"/>
+      <c r="J72" s="276"/>
+      <c r="K72" s="276"/>
+      <c r="L72" s="276"/>
+      <c r="M72" s="276"/>
       <c r="N72" s="38"/>
-      <c r="O72" s="280"/>
-[...7 lines deleted...]
-      <c r="W72" s="280"/>
+      <c r="O72" s="277"/>
+      <c r="P72" s="277"/>
+      <c r="Q72" s="277"/>
+      <c r="R72" s="277"/>
+      <c r="S72" s="277"/>
+      <c r="T72" s="277"/>
+      <c r="U72" s="277"/>
+      <c r="V72" s="277"/>
+      <c r="W72" s="277"/>
       <c r="X72" s="54"/>
-      <c r="Y72" s="279"/>
-[...7 lines deleted...]
-      <c r="AG72" s="279"/>
+      <c r="Y72" s="276"/>
+      <c r="Z72" s="276"/>
+      <c r="AA72" s="276"/>
+      <c r="AB72" s="276"/>
+      <c r="AC72" s="276"/>
+      <c r="AD72" s="276"/>
+      <c r="AE72" s="276"/>
+      <c r="AF72" s="276"/>
+      <c r="AG72" s="276"/>
     </row>
-    <row r="73" spans="1:33" ht="14.25" hidden="1" customHeight="1">
-      <c r="B73" s="277"/>
+    <row r="73" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B73" s="274"/>
       <c r="D73" s="69"/>
     </row>
-    <row r="74" spans="1:33" ht="14.25" hidden="1" customHeight="1">
-[...30 lines deleted...]
-      <c r="AG74" s="281"/>
+    <row r="74" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B74" s="274"/>
+      <c r="D74" s="278"/>
+      <c r="E74" s="278"/>
+      <c r="F74" s="278"/>
+      <c r="G74" s="278"/>
+      <c r="H74" s="278"/>
+      <c r="I74" s="278"/>
+      <c r="J74" s="278"/>
+      <c r="K74" s="278"/>
+      <c r="L74" s="278"/>
+      <c r="M74" s="278"/>
+      <c r="N74" s="278"/>
+      <c r="O74" s="278"/>
+      <c r="P74" s="278"/>
+      <c r="Q74" s="278"/>
+      <c r="R74" s="278"/>
+      <c r="S74" s="278"/>
+      <c r="T74" s="278"/>
+      <c r="U74" s="278"/>
+      <c r="V74" s="278"/>
+      <c r="W74" s="278"/>
+      <c r="X74" s="278"/>
+      <c r="Y74" s="278"/>
+      <c r="Z74" s="278"/>
+      <c r="AA74" s="278"/>
+      <c r="AB74" s="278"/>
+      <c r="AC74" s="278"/>
+      <c r="AD74" s="278"/>
+      <c r="AE74" s="278"/>
+      <c r="AF74" s="278"/>
+      <c r="AG74" s="278"/>
     </row>
-    <row r="75" spans="1:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="75" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B75" s="42"/>
       <c r="U75" s="38"/>
       <c r="V75" s="38"/>
       <c r="W75" s="38"/>
       <c r="X75" s="38"/>
       <c r="Y75" s="38"/>
       <c r="Z75" s="38"/>
       <c r="AA75" s="38"/>
       <c r="AB75" s="38"/>
       <c r="AC75" s="38"/>
       <c r="AD75" s="38"/>
       <c r="AE75" s="38"/>
       <c r="AF75" s="38"/>
       <c r="AG75" s="38"/>
     </row>
-    <row r="76" spans="1:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="76" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B76" s="32"/>
       <c r="C76" s="32"/>
       <c r="D76" s="32"/>
       <c r="E76" s="32"/>
       <c r="F76" s="32"/>
       <c r="G76" s="32"/>
       <c r="H76" s="32"/>
       <c r="I76" s="32"/>
       <c r="J76" s="32"/>
       <c r="K76" s="32"/>
       <c r="L76" s="32"/>
       <c r="M76" s="32"/>
       <c r="N76" s="32"/>
       <c r="O76" s="32"/>
       <c r="P76" s="32"/>
       <c r="Q76" s="32"/>
       <c r="R76" s="32"/>
       <c r="S76" s="32"/>
       <c r="T76" s="32"/>
       <c r="U76" s="32"/>
       <c r="V76" s="32"/>
       <c r="W76" s="32"/>
       <c r="X76" s="32"/>
       <c r="Y76" s="32"/>
       <c r="Z76" s="32"/>
       <c r="AA76" s="32"/>
       <c r="AB76" s="32"/>
       <c r="AC76" s="32"/>
       <c r="AD76" s="32"/>
       <c r="AE76" s="32"/>
       <c r="AF76" s="32"/>
       <c r="AG76" s="32"/>
     </row>
-    <row r="77" spans="1:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="77" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A77" s="43"/>
       <c r="C77" s="45"/>
       <c r="D77" s="93"/>
       <c r="E77" s="45"/>
       <c r="F77" s="45"/>
       <c r="G77" s="45"/>
       <c r="H77" s="45"/>
       <c r="I77" s="45"/>
       <c r="J77" s="45"/>
       <c r="K77" s="45"/>
       <c r="L77" s="45"/>
       <c r="M77" s="45"/>
       <c r="N77" s="45"/>
       <c r="O77" s="45"/>
       <c r="P77" s="45"/>
       <c r="Q77" s="45"/>
       <c r="R77" s="45"/>
       <c r="S77" s="45"/>
       <c r="T77" s="45"/>
       <c r="U77" s="45"/>
       <c r="V77" s="45"/>
       <c r="W77" s="45"/>
       <c r="X77" s="45"/>
       <c r="Y77" s="45"/>
       <c r="Z77" s="45"/>
       <c r="AA77" s="45"/>
       <c r="AB77" s="45"/>
       <c r="AC77" s="45"/>
       <c r="AD77" s="45"/>
       <c r="AE77" s="45"/>
       <c r="AF77" s="45"/>
       <c r="AG77" s="45"/>
     </row>
-    <row r="78" spans="1:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="78" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A78" s="170"/>
       <c r="C78" s="46"/>
-      <c r="D78" s="282"/>
-[...28 lines deleted...]
-      <c r="AG78" s="282"/>
+      <c r="D78" s="279"/>
+      <c r="E78" s="279"/>
+      <c r="F78" s="279"/>
+      <c r="G78" s="279"/>
+      <c r="H78" s="279"/>
+      <c r="I78" s="279"/>
+      <c r="J78" s="279"/>
+      <c r="K78" s="279"/>
+      <c r="L78" s="279"/>
+      <c r="M78" s="279"/>
+      <c r="N78" s="279"/>
+      <c r="O78" s="279"/>
+      <c r="P78" s="279"/>
+      <c r="Q78" s="279"/>
+      <c r="R78" s="279"/>
+      <c r="S78" s="279"/>
+      <c r="T78" s="279"/>
+      <c r="U78" s="279"/>
+      <c r="V78" s="279"/>
+      <c r="W78" s="279"/>
+      <c r="X78" s="279"/>
+      <c r="Y78" s="279"/>
+      <c r="Z78" s="279"/>
+      <c r="AA78" s="279"/>
+      <c r="AB78" s="279"/>
+      <c r="AC78" s="279"/>
+      <c r="AD78" s="279"/>
+      <c r="AE78" s="279"/>
+      <c r="AF78" s="279"/>
+      <c r="AG78" s="279"/>
     </row>
-    <row r="79" spans="1:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="79" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A79" s="35"/>
       <c r="C79" s="46"/>
       <c r="D79" s="46"/>
       <c r="E79" s="46"/>
       <c r="F79" s="46"/>
       <c r="G79" s="46"/>
       <c r="H79" s="46"/>
       <c r="I79" s="46"/>
       <c r="J79" s="46"/>
       <c r="K79" s="46"/>
       <c r="L79" s="46"/>
       <c r="M79" s="46"/>
       <c r="N79" s="46"/>
       <c r="O79" s="46"/>
       <c r="P79" s="46"/>
       <c r="Q79" s="46"/>
       <c r="R79" s="46"/>
       <c r="S79" s="46"/>
       <c r="T79" s="46"/>
       <c r="U79" s="46"/>
       <c r="V79" s="46"/>
       <c r="W79" s="46"/>
       <c r="X79" s="46"/>
       <c r="Y79" s="46"/>
       <c r="Z79" s="46"/>
       <c r="AA79" s="46"/>
       <c r="AB79" s="46"/>
       <c r="AC79" s="46"/>
       <c r="AD79" s="46"/>
       <c r="AE79" s="46"/>
       <c r="AF79" s="46"/>
       <c r="AG79" s="46"/>
     </row>
-    <row r="80" spans="1:33" ht="14.25" hidden="1" customHeight="1">
+    <row r="80" spans="1:33" ht="14.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A80" s="48"/>
       <c r="C80" s="46"/>
       <c r="D80" s="46"/>
       <c r="E80" s="46"/>
       <c r="F80" s="46"/>
       <c r="G80" s="46"/>
       <c r="H80" s="46"/>
       <c r="I80" s="46"/>
       <c r="J80" s="46"/>
       <c r="K80" s="46"/>
       <c r="L80" s="46"/>
       <c r="M80" s="46"/>
       <c r="N80" s="46"/>
       <c r="O80" s="46"/>
       <c r="P80" s="46"/>
       <c r="Q80" s="46"/>
       <c r="R80" s="46"/>
       <c r="S80" s="46"/>
       <c r="T80" s="46"/>
       <c r="U80" s="46"/>
       <c r="V80" s="46"/>
       <c r="W80" s="46"/>
       <c r="X80" s="46"/>
       <c r="Y80" s="46"/>
       <c r="Z80" s="46"/>
       <c r="AA80" s="46"/>
       <c r="AB80" s="46"/>
       <c r="AC80" s="46"/>
       <c r="AD80" s="46"/>
       <c r="AE80" s="46"/>
       <c r="AF80" s="46"/>
       <c r="AG80" s="46"/>
     </row>
-    <row r="81" spans="1:33" ht="14.25" customHeight="1">
+    <row r="81" spans="1:33" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A81" s="48"/>
       <c r="C81" s="46"/>
       <c r="D81" s="46"/>
       <c r="E81" s="46"/>
       <c r="F81" s="46"/>
       <c r="G81" s="46"/>
       <c r="H81" s="46"/>
       <c r="I81" s="46"/>
       <c r="J81" s="46"/>
       <c r="K81" s="46"/>
       <c r="L81" s="46"/>
       <c r="M81" s="46"/>
       <c r="N81" s="46"/>
       <c r="O81" s="46"/>
       <c r="P81" s="46"/>
       <c r="Q81" s="46"/>
       <c r="R81" s="46"/>
       <c r="S81" s="46"/>
       <c r="T81" s="46"/>
       <c r="U81" s="46"/>
       <c r="V81" s="46"/>
       <c r="W81" s="46"/>
       <c r="X81" s="46"/>
       <c r="Y81" s="46"/>
       <c r="Z81" s="46"/>
       <c r="AA81" s="46"/>
       <c r="AB81" s="46"/>
       <c r="AC81" s="46"/>
       <c r="AD81" s="46"/>
       <c r="AE81" s="46"/>
       <c r="AF81" s="46"/>
       <c r="AG81" s="46"/>
     </row>
-    <row r="82" spans="1:33" ht="8.4499999999999993" customHeight="1">
+    <row r="82" spans="1:33" ht="8.4499999999999993" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B82" s="48"/>
       <c r="D82" s="49" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="E82" s="50"/>
       <c r="F82" s="50"/>
       <c r="G82" s="50"/>
       <c r="H82" s="50"/>
       <c r="I82" s="50"/>
       <c r="J82" s="50"/>
       <c r="K82" s="50"/>
       <c r="L82" s="50"/>
       <c r="M82" s="50"/>
       <c r="N82" s="50"/>
       <c r="O82" s="50"/>
       <c r="P82" s="50"/>
       <c r="Q82" s="50"/>
       <c r="R82" s="50"/>
       <c r="S82" s="50"/>
       <c r="T82" s="50"/>
       <c r="U82" s="50"/>
       <c r="V82" s="51"/>
       <c r="W82" s="51"/>
       <c r="X82" s="51"/>
       <c r="Y82" s="51"/>
       <c r="Z82" s="51"/>
       <c r="AA82" s="51"/>
       <c r="AB82" s="51"/>
       <c r="AC82" s="51"/>
       <c r="AD82" s="51"/>
       <c r="AE82" s="51"/>
       <c r="AF82" s="52"/>
       <c r="AG82" s="53" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
     </row>
-    <row r="95" spans="1:33">
+    <row r="95" spans="1:33" x14ac:dyDescent="0.15">
       <c r="B95" s="55" t="s">
         <v>24</v>
       </c>
       <c r="C95" s="55"/>
       <c r="D95" s="55"/>
       <c r="E95" s="55"/>
       <c r="F95" s="55"/>
       <c r="G95" s="55" t="s">
-        <v>124</v>
+        <v>120</v>
       </c>
       <c r="H95" s="55"/>
       <c r="I95" s="55"/>
       <c r="J95" s="55"/>
       <c r="K95" s="55"/>
       <c r="L95" s="55"/>
       <c r="M95" s="174" t="b">
         <v>0</v>
       </c>
       <c r="N95" s="174"/>
       <c r="O95" s="174"/>
       <c r="P95" s="174"/>
       <c r="Q95" s="174"/>
       <c r="R95" s="55"/>
       <c r="S95" s="55"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange sqref="Y1 AD1 AF1 D9 H23:AG37 AB38 H43 H47:AG50" name="範囲1"/>
   </protectedRanges>
   <mergeCells count="88">
     <mergeCell ref="B15:B53"/>
     <mergeCell ref="D16:G16"/>
     <mergeCell ref="H16:AG16"/>
@@ -36179,48 +36549,79 @@
                   <from>
                     <xdr:col>14</xdr:col>
                     <xdr:colOff>104775</xdr:colOff>
                     <xdr:row>37</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>17</xdr:col>
                     <xdr:colOff>0</xdr:colOff>
                     <xdr:row>38</xdr:row>
                     <xdr:rowOff>9525</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel Online</Application>
+  <Application>Microsoft Excel</Application>
+  <DocSecurity>0</DocSecurity>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="4" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>ワークシート</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>名前付き一覧</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="6" baseType="lpstr">
+      <vt:lpstr>申請情報</vt:lpstr>
+      <vt:lpstr>シリアル一覧</vt:lpstr>
+      <vt:lpstr>GS申請書</vt:lpstr>
+      <vt:lpstr>GS申請書!Print_Area</vt:lpstr>
+      <vt:lpstr>シリアル一覧!Print_Area</vt:lpstr>
+      <vt:lpstr>申請情報!Print_Area</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
   <Manager/>
   <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
+  <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>前田 朋子</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>