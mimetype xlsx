--- v0 (2025-10-06)
+++ v1 (2025-12-31)
@@ -1,88 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp1.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp2.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
   <Override PartName="/xl/ctrlProps/ctrlProp3.xml" ContentType="application/vnd.ms-excel.controlproperties+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\BoxDrive\Box\#03.組織内_01_全社公開\01_スタッフ部門\ビジネスプロセスマネジメント部（公開エリア）\HULFTオーダーデスク\Web修正依頼\20241216VUP申請書差替\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Yuko_Sakurai\Desktop\DSS V5関連\修正ドキュメント\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9011EAF5-11E9-4179-A1A4-6A392E4B5CB8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4CDE7477-2747-49B6-A783-61E1FD01D17B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="405" yWindow="1020" windowWidth="12885" windowHeight="16215" xr2:uid="{B4FC90DA-CE35-410A-9532-C2CE0F3B33A2}"/>
+    <workbookView xWindow="735" yWindow="735" windowWidth="12975" windowHeight="14550" xr2:uid="{B4FC90DA-CE35-410A-9532-C2CE0F3B33A2}"/>
   </bookViews>
   <sheets>
     <sheet name="バージョンアップ申請書" sheetId="2" r:id="rId1"/>
+    <sheet name="DataSpider Ver.5へのバージョンアップ" sheetId="4" r:id="rId2"/>
   </sheets>
   <definedNames>
+    <definedName name="_xlnm.Print_Area" localSheetId="1">'DataSpider Ver.5へのバージョンアップ'!$A$1:$AI$68</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">バージョンアップ申請書!$A$1:$AG$98</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="61">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="90">
   <si>
     <t>記入日</t>
     <rPh sb="0" eb="2">
       <t>キニュウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ビ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>年</t>
     <rPh sb="0" eb="1">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>月</t>
     <rPh sb="0" eb="1">
       <t>ガツ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
@@ -869,59 +873,568 @@
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>※1</t>
     </r>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <r>
       <t>AES</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Meiryo UI"/>
         <family val="3"/>
         <charset val="128"/>
       </rPr>
       <t>※2</t>
     </r>
     <phoneticPr fontId="3"/>
   </si>
+  <si>
+    <t>レベルまで指定してください。リビジョンの指定がある場合もこちらに記載してください。バージョンのみの記載や記載のない時は最新版となります。</t>
+    <rPh sb="20" eb="22">
+      <t>シテイ</t>
+    </rPh>
+    <rPh sb="25" eb="27">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="32" eb="34">
+      <t>キサイ</t>
+    </rPh>
+    <rPh sb="52" eb="54">
+      <t>キサイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>親となるサーバのシリアルナンバー</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>■サーバ</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>（サーバ1CPU、開発サーバ、ホットバックアップ1CPU、[G共同]サーバ10CPU、[G共同]開発サーバ　など）</t>
+    </r>
+    <rPh sb="13" eb="15">
+      <t>カイハツ</t>
+    </rPh>
+    <rPh sb="35" eb="37">
+      <t>キョウドウ</t>
+    </rPh>
+    <rPh sb="49" eb="51">
+      <t>キョウドウ</t>
+    </rPh>
+    <rPh sb="52" eb="54">
+      <t>カイハツ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>■追加CPU</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>（サーバ追加1CPU、サーバ追加4Core、サーバ追加2Core、ホットバックアップ追加2Core　など）</t>
+    </r>
+    <rPh sb="1" eb="3">
+      <t>ツイカ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>ツイカ</t>
+    </rPh>
+    <rPh sb="20" eb="22">
+      <t>ツイカ</t>
+    </rPh>
+    <rPh sb="31" eb="33">
+      <t>ツイカ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFC00000"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>■追加開発クライアント</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>（追加開発クライアント1lic／追加開発クライアント5lic）</t>
+    </r>
+    <rPh sb="1" eb="3">
+      <t>ツイカ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>カイハツ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>ツイカ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>カイハツ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">VLR </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>※1</t>
+    </r>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t xml:space="preserve">既存のVer.4以前の環境で追加CPUをどのようにご利用いただいていたかを、スケールアップかスケールアウトでお選びください。
+</t>
+    <rPh sb="0" eb="2">
+      <t>キゾン</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>イゼン</t>
+    </rPh>
+    <rPh sb="11" eb="13">
+      <t>カンキョウ</t>
+    </rPh>
+    <rPh sb="14" eb="16">
+      <t>ツイカ</t>
+    </rPh>
+    <rPh sb="26" eb="28">
+      <t>リヨウ</t>
+    </rPh>
+    <rPh sb="55" eb="56">
+      <t>エラ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>その際、ライセンスは無償で変更されますが、技術サポート料金の差額や期間調整費用が必要な場合があります。</t>
+    <rPh sb="2" eb="3">
+      <t>サイ</t>
+    </rPh>
+    <rPh sb="13" eb="15">
+      <t>ヘンコウ</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>ギジュツ</t>
+    </rPh>
+    <rPh sb="27" eb="29">
+      <t>リョウキン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>また、次年度以降技術サポート料金は本番サーバの料金へ変更となります。</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>Ver.5以降、追加開発クライアントは固有の1サーバのみで使用可能です。本番サーバ、開発サーバを問わず、使用するサーバのシリアルを1つ記載してください。</t>
+    <rPh sb="5" eb="7">
+      <t>イコウ</t>
+    </rPh>
+    <rPh sb="8" eb="10">
+      <t>ツイカ</t>
+    </rPh>
+    <rPh sb="10" eb="12">
+      <t>カイハツ</t>
+    </rPh>
+    <rPh sb="19" eb="21">
+      <t>コユウ</t>
+    </rPh>
+    <rPh sb="29" eb="31">
+      <t>シヨウ</t>
+    </rPh>
+    <rPh sb="31" eb="33">
+      <t>カノウ</t>
+    </rPh>
+    <rPh sb="36" eb="38">
+      <t>ホンバン</t>
+    </rPh>
+    <rPh sb="42" eb="44">
+      <t>カイハツ</t>
+    </rPh>
+    <rPh sb="48" eb="49">
+      <t>ト</t>
+    </rPh>
+    <rPh sb="52" eb="54">
+      <t>シヨウ</t>
+    </rPh>
+    <rPh sb="67" eb="69">
+      <t>キサイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>その他連絡事項</t>
+    <rPh sb="2" eb="7">
+      <t>タレンラクジコウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>その他連絡事項</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>DataSpider Ver.5へのバージョンアップ</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>※ DataSpider Ver.5へのバージョンアップをご希望の場合</t>
+    <rPh sb="30" eb="32">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="33" eb="35">
+      <t>バアイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>⇒【DataSpider Ver.5へのバージョンアップ】</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>以下「②ご注文詳細について」は、【DataSpider Ver.5へのバージョンアップ】シートへご記載ください。</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>【　必ずはじめにお読みください　】</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t xml:space="preserve">
+　・Ver.5にてライセンスルールが変更になっているため、正しいライセンス構成の情報が必要となります。
+　　</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>バージョンアップを希望するシリアルナンバーを漏れなくご記入</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>の上、それぞれの必要項目についてご確認いただきますようお願いします。
+　・ライセンスのバージョンアップは無償であっても、多くの場合、技術サポート料金の差額や期間調整費用が必要となります。
+　　差額費用や期間調整費用が必要な場合には、本申請書と併せてサポート費用をご発注ください。
+　　先行してのバージョンアップ出荷はいたしかねます。必要な費用を事前にご確認の上、納期に余裕をもって申請及びご発注をいただきますようお願いします。
+　・バージョンアップに伴い、次年度以降技術サポート料金の変更が発生する場合がございます。
+　・グループCPUライセンスをVer.5にV-UPご希望の場合、構成表をご記入の上、本申請書と併せてご提出ください。</t>
+    </r>
+    <rPh sb="36" eb="38">
+      <t>ヘンコウ</t>
+    </rPh>
+    <rPh sb="47" eb="48">
+      <t>タダ</t>
+    </rPh>
+    <rPh sb="55" eb="57">
+      <t>コウセイ</t>
+    </rPh>
+    <rPh sb="58" eb="60">
+      <t>ジョウホウ</t>
+    </rPh>
+    <rPh sb="61" eb="63">
+      <t>ヒツヨウ</t>
+    </rPh>
+    <rPh sb="81" eb="83">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="94" eb="95">
+      <t>モ</t>
+    </rPh>
+    <rPh sb="99" eb="101">
+      <t>キニュウ</t>
+    </rPh>
+    <rPh sb="102" eb="103">
+      <t>ウエ</t>
+    </rPh>
+    <rPh sb="109" eb="111">
+      <t>ヒツヨウ</t>
+    </rPh>
+    <rPh sb="111" eb="113">
+      <t>コウモク</t>
+    </rPh>
+    <rPh sb="118" eb="120">
+      <t>カクニン</t>
+    </rPh>
+    <rPh sb="129" eb="130">
+      <t>ネガ</t>
+    </rPh>
+    <rPh sb="153" eb="155">
+      <t>ムショウ</t>
+    </rPh>
+    <rPh sb="161" eb="162">
+      <t>オオ</t>
+    </rPh>
+    <rPh sb="164" eb="166">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="176" eb="178">
+      <t>サガク</t>
+    </rPh>
+    <rPh sb="179" eb="185">
+      <t>キカンチョウセイヒヨウ</t>
+    </rPh>
+    <rPh sb="186" eb="188">
+      <t>ヒツヨウ</t>
+    </rPh>
+    <rPh sb="220" eb="221">
+      <t>ショ</t>
+    </rPh>
+    <rPh sb="326" eb="327">
+      <t>トモナ</t>
+    </rPh>
+    <rPh sb="329" eb="332">
+      <t>ジネンド</t>
+    </rPh>
+    <rPh sb="332" eb="334">
+      <t>イコウ</t>
+    </rPh>
+    <rPh sb="386" eb="388">
+      <t>キボウ</t>
+    </rPh>
+    <rPh sb="389" eb="391">
+      <t>バアイ</t>
+    </rPh>
+    <rPh sb="411" eb="413">
+      <t>テイシュツ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>追加CPUはVer.5以降、スケールアップの用途のみでご使用いただけます。スケールアウトを選択された場合、Ver.5では本番サーバとして出荷いたします。</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">関連サーバのシリアルナンバー </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>※2</t>
+    </r>
+    <rPh sb="0" eb="2">
+      <t>カンレン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">用途 </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>※3</t>
+    </r>
+    <rPh sb="0" eb="2">
+      <t>ヨウト</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">親となるサーバのシリアルナンバー </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Meiryo UI"/>
+        <family val="3"/>
+        <charset val="128"/>
+      </rPr>
+      <t>※4</t>
+    </r>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>※4：追加開発クライアントの親シリアル</t>
+    <rPh sb="3" eb="5">
+      <t>ツイカ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>カイハツ</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>オヤ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>※3：追加CPUの用途</t>
+    <rPh sb="3" eb="5">
+      <t>ツイカ</t>
+    </rPh>
+    <rPh sb="9" eb="11">
+      <t>ヨウト</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>自身が本番サーバの場合、開発サーバを所持していればそのシリアルをすべて記載してください。</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>バージョンアップ対象のシリアルナンバー</t>
+    <rPh sb="8" eb="10">
+      <t>タイショウ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>※2：関連サーバのシリアルナンバー</t>
+    <rPh sb="3" eb="5">
+      <t>カンレン</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>自身が本番サーバ以外の場合、親となる本番サーバのシリアルを記載してください。</t>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>関連サーバのシリアルナンバー欄は、あくまで構成の情報として記載いただくものです。この欄に記載しただけのシリアルはバージョンアップはされません。</t>
+    <rPh sb="0" eb="2">
+      <t>カンレン</t>
+    </rPh>
+    <rPh sb="14" eb="15">
+      <t>ラン</t>
+    </rPh>
+    <rPh sb="21" eb="23">
+      <t>コウセイ</t>
+    </rPh>
+    <rPh sb="24" eb="26">
+      <t>ジョウホウ</t>
+    </rPh>
+    <rPh sb="29" eb="31">
+      <t>キサイ</t>
+    </rPh>
+    <rPh sb="42" eb="43">
+      <t>ラン</t>
+    </rPh>
+    <rPh sb="44" eb="46">
+      <t>キサイ</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
+  </si>
+  <si>
+    <t>　メールアドレスの複数指定は不可</t>
+    <phoneticPr fontId="3"/>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="176" formatCode="[&lt;=999]000;[&lt;=9999]000\-00;000\-0000"/>
   </numFmts>
-  <fonts count="41">
+  <fonts count="46" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="MS UI Gothic"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FFFF6600"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
@@ -1169,50 +1682,90 @@
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="6"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="2" tint="-0.499984740745262"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="9"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFC00000"/>
+      <name val="Meiryo UI"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Meiryo UI"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="9"/>
+      <color rgb="FFFF0000"/>
+      <name val="Meiryo UI"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="9"/>
+      <color theme="10"/>
+      <name val="Meiryo UI"/>
+      <family val="3"/>
+      <charset val="128"/>
+    </font>
   </fonts>
   <fills count="15">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF6600"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1256,51 +1809,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCCFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="47">
+  <borders count="45">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
@@ -1784,79 +2337,60 @@
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...20 lines deleted...]
-    </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="189">
+  <cellXfs count="206">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -2074,426 +2608,484 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="49" fontId="36" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="34" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="19" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="16" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="13" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="11" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="43" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="45" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="3" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="13" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="13" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="13" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="14" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="14" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="14" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="13" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="13" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="39" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="39" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="39" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="18" fillId="13" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="39" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="39" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="39" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="14" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="36" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="24" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="15" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="27" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="41" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="33" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="34" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="40" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="22" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="10" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="28" fillId="10" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="5" borderId="37" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="5" borderId="38" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="5" borderId="39" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="10" borderId="29" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="30" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="176" fontId="4" fillId="0" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="27" fillId="3" borderId="31" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="24" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="20" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="25" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="11" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="11" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="12" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="12" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="12" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="11" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="17" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...24 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="11" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...131 lines deleted...]
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="32" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...61 lines deleted...]
-    <xf numFmtId="49" fontId="36" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="17" fillId="0" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="12" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...19 lines deleted...]
-    <xf numFmtId="49" fontId="18" fillId="13" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="11" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="18" fillId="13" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="49" fontId="8" fillId="14" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="4" fillId="12" borderId="26" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...52 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
+    <cellStyle name="ハイパーリンク" xfId="1" builtinId="8"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFF6600"/>
       <color rgb="FF339933"/>
       <color rgb="FF99CCFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp1.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$O$106" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp2.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="#REF!" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/ctrlProps/ctrlProp3.xml><?xml version="1.0" encoding="utf-8"?>
 <formControlPr xmlns="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" objectType="CheckBox" fmlaLink="$M$109" lockText="1" noThreeD="1"/>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hulft.com/buy/change_of_usage" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hulft.com/myhulft-guide" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hulft.com/policy" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hulft.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#&#12471;&#12522;&#12450;&#12523;&#19968;&#35239;!A1"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" Requires="a14">
       <xdr:twoCellAnchor editAs="oneCell">
         <xdr:from>
           <xdr:col>4</xdr:col>
@@ -2822,57 +3414,57 @@
               <a:pPr algn="l" rtl="0">
                 <a:defRPr sz="1000"/>
               </a:pPr>
               <a:r>
                 <a:rPr lang="ja-JP" altLang="en-US" sz="900" b="0" i="0" u="none" strike="noStrike" baseline="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="MS UI Gothic"/>
                   <a:ea typeface="MS UI Gothic"/>
                 </a:rPr>
                 <a:t>  </a:t>
               </a:r>
             </a:p>
           </xdr:txBody>
         </xdr:sp>
         <xdr:clientData/>
       </xdr:twoCellAnchor>
     </mc:Choice>
     <mc:Fallback/>
   </mc:AlternateContent>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>11</xdr:col>
       <xdr:colOff>66675</xdr:colOff>
-      <xdr:row>46</xdr:row>
+      <xdr:row>49</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>14</xdr:col>
       <xdr:colOff>9525</xdr:colOff>
-      <xdr:row>47</xdr:row>
+      <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="495" name="正方形/長方形 494">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId4"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000EF010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2276475" y="7581900"/>
           <a:ext cx="657225" cy="142875"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
@@ -2887,57 +3479,57 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>16</xdr:col>
       <xdr:colOff>133350</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>21</xdr:col>
       <xdr:colOff>219075</xdr:colOff>
-      <xdr:row>49</xdr:row>
+      <xdr:row>52</xdr:row>
       <xdr:rowOff>142875</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="496" name="正方形/長方形 495">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId5"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-0000F0010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="3533775" y="9906000"/>
           <a:ext cx="1276350" cy="133350"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
@@ -2952,51 +3544,51 @@
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
+      <xdr:row>47</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="209550" cy="1743075"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="404" name="テキスト ボックス 403">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000094010000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="66675" y="8239125"/>
           <a:ext cx="209550" cy="1743075"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:style>
@@ -3276,50 +3868,120 @@
             </a:rPr>
             <a:t>セミコロン</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="800">
               <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>)</a:t>
           </a:r>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800">
               <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
               <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
             </a:rPr>
             <a:t>」で区切ってください）</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="209550" cy="1743075"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="7" name="テキスト ボックス 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{315CCF68-BB4C-4D52-BB37-B3F6CFEBA806}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="66675" y="8239125"/>
+          <a:ext cx="209550" cy="1743075"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </xdr:style>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" vert="wordArtVertRtl" wrap="none" rtlCol="0" anchor="ctr">
+          <a:noAutofit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="800" b="1">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:ea typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+              <a:cs typeface="Meiryo UI" panose="020B0604030504040204" pitchFamily="50" charset="-128"/>
+            </a:rPr>
+            <a:t>②ご注文詳細について</a:t>
+          </a:r>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+</xdr:wsDr>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 テーマ">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
@@ -3575,2818 +4237,2839 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/ctrlProp" Target="../ctrlProps/ctrlProp1.xml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EDBDD4C-E70B-42CF-9418-83E628083B6D}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:AK152"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="AA64" sqref="AA64:AG64"/>
+    <sheetView showGridLines="0" tabSelected="1" view="pageBreakPreview" zoomScale="91" zoomScaleNormal="100" zoomScaleSheetLayoutView="91" workbookViewId="0">
+      <selection activeCell="G10" sqref="G10:S10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="3.125" defaultRowHeight="12"/>
+  <sheetFormatPr defaultColWidth="3.125" defaultRowHeight="12" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="0.875" style="2" customWidth="1"/>
     <col min="2" max="2" width="2.625" style="2" customWidth="1"/>
     <col min="3" max="3" width="0.5" style="2" customWidth="1"/>
     <col min="4" max="6" width="3.125" style="2"/>
     <col min="7" max="8" width="3.125" style="2" customWidth="1"/>
     <col min="9" max="9" width="4.125" style="2" customWidth="1"/>
     <col min="10" max="10" width="2.5" style="2" customWidth="1"/>
     <col min="11" max="11" width="3.125" style="2" customWidth="1"/>
     <col min="12" max="16384" width="3.125" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:33" ht="18.75" customHeight="1" thickBot="1">
+    <row r="1" spans="2:33" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
       <c r="B1" s="1" t="s">
         <v>51</v>
       </c>
       <c r="E1" s="3"/>
       <c r="F1" s="3"/>
       <c r="G1" s="3"/>
       <c r="H1" s="3"/>
       <c r="I1" s="4"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="3"/>
       <c r="P1" s="3"/>
       <c r="Q1" s="3"/>
       <c r="R1" s="3"/>
       <c r="S1" s="3"/>
       <c r="T1" s="3"/>
       <c r="U1" s="3"/>
       <c r="V1" s="3"/>
       <c r="W1" s="5"/>
       <c r="X1" s="6" t="s">
         <v>0</v>
       </c>
-      <c r="Y1" s="164"/>
-[...2 lines deleted...]
-      <c r="AB1" s="166"/>
+      <c r="Y1" s="118"/>
+      <c r="Z1" s="119"/>
+      <c r="AA1" s="119"/>
+      <c r="AB1" s="120"/>
       <c r="AC1" s="7" t="s">
         <v>1</v>
       </c>
       <c r="AD1" s="8"/>
       <c r="AE1" s="7" t="s">
         <v>2</v>
       </c>
       <c r="AF1" s="8"/>
       <c r="AG1" s="9" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="2" spans="2:33" ht="3" customHeight="1"/>
-[...1 lines deleted...]
-      <c r="B3" s="167" t="s">
+    <row r="2" spans="2:33" ht="3" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="3" spans="2:33" ht="161.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B3" s="121" t="s">
         <v>52</v>
       </c>
-      <c r="C3" s="167"/>
-[...28 lines deleted...]
-      <c r="AF3" s="167"/>
+      <c r="C3" s="121"/>
+      <c r="D3" s="121"/>
+      <c r="E3" s="121"/>
+      <c r="F3" s="121"/>
+      <c r="G3" s="121"/>
+      <c r="H3" s="121"/>
+      <c r="I3" s="121"/>
+      <c r="J3" s="121"/>
+      <c r="K3" s="121"/>
+      <c r="L3" s="121"/>
+      <c r="M3" s="121"/>
+      <c r="N3" s="121"/>
+      <c r="O3" s="121"/>
+      <c r="P3" s="121"/>
+      <c r="Q3" s="121"/>
+      <c r="R3" s="121"/>
+      <c r="S3" s="121"/>
+      <c r="T3" s="121"/>
+      <c r="U3" s="121"/>
+      <c r="V3" s="121"/>
+      <c r="W3" s="121"/>
+      <c r="X3" s="121"/>
+      <c r="Y3" s="121"/>
+      <c r="Z3" s="121"/>
+      <c r="AA3" s="121"/>
+      <c r="AB3" s="121"/>
+      <c r="AC3" s="121"/>
+      <c r="AD3" s="121"/>
+      <c r="AE3" s="121"/>
+      <c r="AF3" s="121"/>
       <c r="AG3" s="50"/>
     </row>
-    <row r="4" spans="2:33" ht="18" customHeight="1">
-      <c r="B4" s="169" t="s">
+    <row r="4" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B4" s="123" t="s">
         <v>17</v>
       </c>
-      <c r="C4" s="169"/>
-[...31 lines deleted...]
-    <row r="5" spans="2:33" ht="21" customHeight="1">
+      <c r="C4" s="123"/>
+      <c r="D4" s="123"/>
+      <c r="E4" s="123"/>
+      <c r="F4" s="123"/>
+      <c r="G4" s="123"/>
+      <c r="H4" s="123"/>
+      <c r="I4" s="123"/>
+      <c r="J4" s="123"/>
+      <c r="K4" s="123"/>
+      <c r="L4" s="123"/>
+      <c r="M4" s="123"/>
+      <c r="N4" s="123"/>
+      <c r="O4" s="123"/>
+      <c r="P4" s="123"/>
+      <c r="Q4" s="123"/>
+      <c r="R4" s="123"/>
+      <c r="S4" s="123"/>
+      <c r="T4" s="123"/>
+      <c r="U4" s="123"/>
+      <c r="V4" s="123"/>
+      <c r="W4" s="123"/>
+      <c r="X4" s="123"/>
+      <c r="Y4" s="123"/>
+      <c r="Z4" s="123"/>
+      <c r="AA4" s="123"/>
+      <c r="AB4" s="123"/>
+      <c r="AC4" s="123"/>
+      <c r="AD4" s="123"/>
+      <c r="AE4" s="123"/>
+      <c r="AF4" s="123"/>
+      <c r="AG4" s="123"/>
+    </row>
+    <row r="5" spans="2:33" ht="21" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B5" s="55"/>
       <c r="C5" s="55"/>
       <c r="D5" s="51"/>
       <c r="E5" s="56"/>
-      <c r="F5" s="168" t="s">
+      <c r="F5" s="122" t="s">
         <v>14</v>
       </c>
-      <c r="G5" s="168"/>
-[...27 lines deleted...]
-    <row r="6" spans="2:33" ht="2.25" customHeight="1">
+      <c r="G5" s="122"/>
+      <c r="H5" s="122"/>
+      <c r="I5" s="122"/>
+      <c r="J5" s="122"/>
+      <c r="K5" s="122"/>
+      <c r="L5" s="122"/>
+      <c r="M5" s="122"/>
+      <c r="N5" s="122"/>
+      <c r="O5" s="122"/>
+      <c r="P5" s="122"/>
+      <c r="Q5" s="122"/>
+      <c r="R5" s="122"/>
+      <c r="S5" s="122"/>
+      <c r="T5" s="122"/>
+      <c r="U5" s="122"/>
+      <c r="V5" s="122"/>
+      <c r="W5" s="122"/>
+      <c r="X5" s="122"/>
+      <c r="Y5" s="122"/>
+      <c r="Z5" s="122"/>
+      <c r="AA5" s="122"/>
+      <c r="AB5" s="122"/>
+      <c r="AC5" s="122"/>
+      <c r="AD5" s="122"/>
+      <c r="AE5" s="122"/>
+      <c r="AF5" s="122"/>
+      <c r="AG5" s="122"/>
+    </row>
+    <row r="6" spans="2:33" ht="2.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B6" s="52"/>
       <c r="C6" s="49"/>
       <c r="D6" s="49"/>
       <c r="E6" s="53"/>
       <c r="F6" s="54"/>
       <c r="G6" s="54"/>
       <c r="H6" s="54"/>
       <c r="I6" s="54"/>
       <c r="J6" s="54"/>
       <c r="K6" s="54"/>
       <c r="L6" s="54"/>
       <c r="M6" s="54"/>
       <c r="N6" s="54"/>
       <c r="O6" s="54"/>
       <c r="P6" s="54"/>
       <c r="Q6" s="54"/>
       <c r="R6" s="54"/>
       <c r="S6" s="54"/>
       <c r="T6" s="54"/>
       <c r="U6" s="54"/>
       <c r="V6" s="54"/>
       <c r="W6" s="54"/>
       <c r="X6" s="54"/>
       <c r="Y6" s="54"/>
       <c r="Z6" s="54"/>
       <c r="AA6" s="54"/>
       <c r="AB6" s="54"/>
       <c r="AC6" s="54"/>
       <c r="AD6" s="54"/>
       <c r="AE6" s="54"/>
       <c r="AF6" s="54"/>
       <c r="AG6" s="54"/>
     </row>
-    <row r="7" spans="2:33" ht="39.75" customHeight="1">
-      <c r="B7" s="167" t="s">
+    <row r="7" spans="2:33" ht="39.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B7" s="121" t="s">
         <v>15</v>
       </c>
-      <c r="C7" s="167"/>
-[...16 lines deleted...]
-      <c r="T7" s="167" t="s">
+      <c r="C7" s="121"/>
+      <c r="D7" s="121"/>
+      <c r="E7" s="121"/>
+      <c r="F7" s="121"/>
+      <c r="G7" s="121"/>
+      <c r="H7" s="121"/>
+      <c r="I7" s="121"/>
+      <c r="J7" s="121"/>
+      <c r="K7" s="121"/>
+      <c r="L7" s="121"/>
+      <c r="M7" s="121"/>
+      <c r="N7" s="121"/>
+      <c r="O7" s="121"/>
+      <c r="P7" s="121"/>
+      <c r="Q7" s="121"/>
+      <c r="R7" s="121"/>
+      <c r="S7" s="121"/>
+      <c r="T7" s="121" t="s">
         <v>16</v>
       </c>
-      <c r="U7" s="167"/>
-[...13 lines deleted...]
-    <row r="8" spans="2:33" ht="3" customHeight="1">
+      <c r="U7" s="121"/>
+      <c r="V7" s="121"/>
+      <c r="W7" s="121"/>
+      <c r="X7" s="121"/>
+      <c r="Y7" s="121"/>
+      <c r="Z7" s="121"/>
+      <c r="AA7" s="121"/>
+      <c r="AB7" s="121"/>
+      <c r="AC7" s="121"/>
+      <c r="AD7" s="121"/>
+      <c r="AE7" s="121"/>
+      <c r="AF7" s="121"/>
+      <c r="AG7" s="121"/>
+    </row>
+    <row r="8" spans="2:33" ht="3" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B8" s="10"/>
       <c r="C8" s="11"/>
       <c r="D8" s="12"/>
       <c r="E8" s="13"/>
       <c r="F8" s="13"/>
       <c r="G8" s="13"/>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
       <c r="J8" s="13"/>
       <c r="K8" s="13"/>
       <c r="L8" s="14"/>
       <c r="M8" s="13"/>
       <c r="N8" s="13"/>
       <c r="O8" s="13"/>
       <c r="P8" s="13"/>
       <c r="Q8" s="13"/>
       <c r="R8" s="13"/>
       <c r="S8" s="13"/>
       <c r="T8" s="13"/>
       <c r="U8" s="13"/>
       <c r="V8" s="13"/>
       <c r="W8" s="13"/>
       <c r="X8" s="13"/>
       <c r="Y8" s="13"/>
       <c r="Z8" s="13"/>
       <c r="AA8" s="13"/>
       <c r="AB8" s="13"/>
       <c r="AC8" s="13"/>
       <c r="AD8" s="13"/>
       <c r="AE8" s="13"/>
       <c r="AF8" s="13"/>
       <c r="AG8" s="13"/>
     </row>
-    <row r="9" spans="2:33" ht="15" customHeight="1" thickBot="1">
-      <c r="B9" s="162"/>
+    <row r="9" spans="2:33" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B9" s="166"/>
       <c r="D9" s="15" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="16"/>
       <c r="I9" s="16"/>
       <c r="J9" s="16"/>
       <c r="L9" s="16"/>
     </row>
-    <row r="10" spans="2:33" ht="18" customHeight="1">
-      <c r="B10" s="162"/>
+    <row r="10" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B10" s="166"/>
       <c r="D10" s="125" t="s">
         <v>4</v>
       </c>
       <c r="E10" s="126"/>
       <c r="F10" s="127"/>
       <c r="G10" s="128"/>
       <c r="H10" s="129"/>
       <c r="I10" s="129"/>
       <c r="J10" s="129"/>
       <c r="K10" s="129"/>
       <c r="L10" s="129"/>
       <c r="M10" s="129"/>
       <c r="N10" s="129"/>
       <c r="O10" s="129"/>
       <c r="P10" s="129"/>
       <c r="Q10" s="129"/>
       <c r="R10" s="129"/>
       <c r="S10" s="129"/>
-      <c r="T10" s="130" t="s">
+      <c r="T10" s="132" t="s">
         <v>5</v>
       </c>
-      <c r="U10" s="131"/>
-[...15 lines deleted...]
-      <c r="D11" s="133" t="s">
+      <c r="U10" s="133"/>
+      <c r="V10" s="134"/>
+      <c r="W10" s="135"/>
+      <c r="X10" s="135"/>
+      <c r="Y10" s="135"/>
+      <c r="Z10" s="135"/>
+      <c r="AA10" s="135"/>
+      <c r="AB10" s="135"/>
+      <c r="AC10" s="135"/>
+      <c r="AD10" s="135"/>
+      <c r="AE10" s="135"/>
+      <c r="AF10" s="135"/>
+      <c r="AG10" s="136"/>
+    </row>
+    <row r="11" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B11" s="166"/>
+      <c r="D11" s="158" t="s">
         <v>18</v>
       </c>
-      <c r="E11" s="134"/>
-[...1 lines deleted...]
-      <c r="G11" s="136" t="s">
+      <c r="E11" s="159"/>
+      <c r="F11" s="160"/>
+      <c r="G11" s="161" t="s">
         <v>7</v>
       </c>
-      <c r="H11" s="137"/>
-[...3 lines deleted...]
-      <c r="L11" s="140" t="s">
+      <c r="H11" s="162"/>
+      <c r="I11" s="163"/>
+      <c r="J11" s="164"/>
+      <c r="K11" s="164"/>
+      <c r="L11" s="165" t="s">
         <v>19</v>
       </c>
-      <c r="M11" s="140"/>
-[...5 lines deleted...]
-      <c r="S11" s="140"/>
+      <c r="M11" s="165"/>
+      <c r="N11" s="165"/>
+      <c r="O11" s="165"/>
+      <c r="P11" s="165"/>
+      <c r="Q11" s="165"/>
+      <c r="R11" s="165"/>
+      <c r="S11" s="165"/>
       <c r="T11" s="141" t="s">
         <v>6</v>
       </c>
       <c r="U11" s="142"/>
       <c r="V11" s="143"/>
-      <c r="W11" s="144"/>
-[...28 lines deleted...]
-      <c r="S12" s="147"/>
+      <c r="W11" s="137"/>
+      <c r="X11" s="137"/>
+      <c r="Y11" s="137"/>
+      <c r="Z11" s="137"/>
+      <c r="AA11" s="137"/>
+      <c r="AB11" s="137"/>
+      <c r="AC11" s="137"/>
+      <c r="AD11" s="137"/>
+      <c r="AE11" s="137"/>
+      <c r="AF11" s="137"/>
+      <c r="AG11" s="138"/>
+    </row>
+    <row r="12" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B12" s="166"/>
+      <c r="D12" s="158"/>
+      <c r="E12" s="159"/>
+      <c r="F12" s="160"/>
+      <c r="G12" s="139"/>
+      <c r="H12" s="140"/>
+      <c r="I12" s="140"/>
+      <c r="J12" s="140"/>
+      <c r="K12" s="140"/>
+      <c r="L12" s="140"/>
+      <c r="M12" s="140"/>
+      <c r="N12" s="140"/>
+      <c r="O12" s="140"/>
+      <c r="P12" s="140"/>
+      <c r="Q12" s="140"/>
+      <c r="R12" s="140"/>
+      <c r="S12" s="140"/>
       <c r="T12" s="141" t="s">
         <v>11</v>
       </c>
       <c r="U12" s="142"/>
       <c r="V12" s="143"/>
-      <c r="W12" s="151"/>
-[...16 lines deleted...]
-      <c r="G13" s="157" t="s">
+      <c r="W12" s="147"/>
+      <c r="X12" s="148"/>
+      <c r="Y12" s="148"/>
+      <c r="Z12" s="148"/>
+      <c r="AA12" s="148"/>
+      <c r="AB12" s="148"/>
+      <c r="AC12" s="148"/>
+      <c r="AD12" s="148"/>
+      <c r="AE12" s="148"/>
+      <c r="AF12" s="148"/>
+      <c r="AG12" s="149"/>
+    </row>
+    <row r="13" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B13" s="166"/>
+      <c r="D13" s="158"/>
+      <c r="E13" s="159"/>
+      <c r="F13" s="160"/>
+      <c r="G13" s="153" t="s">
         <v>20</v>
       </c>
-      <c r="H13" s="158"/>
-[...28 lines deleted...]
-      <c r="D14" s="120" t="s">
+      <c r="H13" s="154"/>
+      <c r="I13" s="155"/>
+      <c r="J13" s="156"/>
+      <c r="K13" s="156"/>
+      <c r="L13" s="156"/>
+      <c r="M13" s="156"/>
+      <c r="N13" s="156"/>
+      <c r="O13" s="156"/>
+      <c r="P13" s="156"/>
+      <c r="Q13" s="156"/>
+      <c r="R13" s="156"/>
+      <c r="S13" s="157"/>
+      <c r="T13" s="144"/>
+      <c r="U13" s="145"/>
+      <c r="V13" s="146"/>
+      <c r="W13" s="150"/>
+      <c r="X13" s="151"/>
+      <c r="Y13" s="151"/>
+      <c r="Z13" s="151"/>
+      <c r="AA13" s="151"/>
+      <c r="AB13" s="151"/>
+      <c r="AC13" s="151"/>
+      <c r="AD13" s="151"/>
+      <c r="AE13" s="151"/>
+      <c r="AF13" s="151"/>
+      <c r="AG13" s="152"/>
+    </row>
+    <row r="14" spans="2:33" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B14" s="166"/>
+      <c r="D14" s="130" t="s">
         <v>8</v>
       </c>
-      <c r="E14" s="121"/>
-[...30 lines deleted...]
-      <c r="B15" s="162"/>
+      <c r="E14" s="131"/>
+      <c r="F14" s="131"/>
+      <c r="G14" s="96"/>
+      <c r="H14" s="97"/>
+      <c r="I14" s="97"/>
+      <c r="J14" s="97"/>
+      <c r="K14" s="97"/>
+      <c r="L14" s="97"/>
+      <c r="M14" s="97"/>
+      <c r="N14" s="97"/>
+      <c r="O14" s="97"/>
+      <c r="P14" s="97"/>
+      <c r="Q14" s="97"/>
+      <c r="R14" s="97"/>
+      <c r="S14" s="97"/>
+      <c r="T14" s="97"/>
+      <c r="U14" s="97"/>
+      <c r="V14" s="97"/>
+      <c r="W14" s="97"/>
+      <c r="X14" s="97"/>
+      <c r="Y14" s="98" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z14" s="98"/>
+      <c r="AA14" s="98"/>
+      <c r="AB14" s="98"/>
+      <c r="AC14" s="98"/>
+      <c r="AD14" s="98"/>
+      <c r="AE14" s="98"/>
+      <c r="AF14" s="98"/>
+      <c r="AG14" s="98"/>
+    </row>
+    <row r="15" spans="2:33" x14ac:dyDescent="0.15">
+      <c r="B15" s="166"/>
       <c r="Y15" s="79" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="16" spans="2:33" ht="4.5" customHeight="1">
-[...3 lines deleted...]
-      <c r="B17" s="162"/>
+    <row r="16" spans="2:33" ht="4.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B16" s="166"/>
+    </row>
+    <row r="17" spans="2:33" x14ac:dyDescent="0.15">
+      <c r="B17" s="166"/>
       <c r="C17" s="15"/>
       <c r="D17" s="15" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="15"/>
       <c r="F17" s="15"/>
       <c r="G17" s="15"/>
       <c r="H17" s="31" t="s">
         <v>10</v>
       </c>
       <c r="I17" s="15"/>
       <c r="J17" s="17"/>
       <c r="K17" s="15"/>
       <c r="L17" s="15"/>
       <c r="V17" s="31" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="18" spans="2:33" ht="3" customHeight="1" thickBot="1">
-      <c r="B18" s="162"/>
+    <row r="18" spans="2:33" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B18" s="166"/>
       <c r="C18" s="15"/>
       <c r="D18" s="15"/>
       <c r="E18" s="15"/>
       <c r="F18" s="15"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="15"/>
       <c r="K18" s="15"/>
       <c r="L18" s="15"/>
       <c r="M18" s="15"/>
       <c r="V18" s="16"/>
     </row>
-    <row r="19" spans="2:33" ht="18" customHeight="1">
-      <c r="B19" s="162"/>
+    <row r="19" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B19" s="166"/>
       <c r="D19" s="125" t="s">
         <v>4</v>
       </c>
       <c r="E19" s="126"/>
       <c r="F19" s="127"/>
       <c r="G19" s="128"/>
       <c r="H19" s="129"/>
       <c r="I19" s="129"/>
       <c r="J19" s="129"/>
       <c r="K19" s="129"/>
       <c r="L19" s="129"/>
       <c r="M19" s="129"/>
       <c r="N19" s="129"/>
       <c r="O19" s="129"/>
       <c r="P19" s="129"/>
       <c r="Q19" s="129"/>
       <c r="R19" s="129"/>
       <c r="S19" s="129"/>
-      <c r="T19" s="130" t="s">
+      <c r="T19" s="132" t="s">
         <v>5</v>
       </c>
-      <c r="U19" s="131"/>
-[...15 lines deleted...]
-      <c r="D20" s="133" t="s">
+      <c r="U19" s="133"/>
+      <c r="V19" s="134"/>
+      <c r="W19" s="135"/>
+      <c r="X19" s="135"/>
+      <c r="Y19" s="135"/>
+      <c r="Z19" s="135"/>
+      <c r="AA19" s="135"/>
+      <c r="AB19" s="135"/>
+      <c r="AC19" s="135"/>
+      <c r="AD19" s="135"/>
+      <c r="AE19" s="135"/>
+      <c r="AF19" s="135"/>
+      <c r="AG19" s="136"/>
+    </row>
+    <row r="20" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B20" s="166"/>
+      <c r="D20" s="158" t="s">
         <v>18</v>
       </c>
-      <c r="E20" s="134"/>
-[...1 lines deleted...]
-      <c r="G20" s="136" t="s">
+      <c r="E20" s="159"/>
+      <c r="F20" s="160"/>
+      <c r="G20" s="161" t="s">
         <v>7</v>
       </c>
-      <c r="H20" s="137"/>
-[...3 lines deleted...]
-      <c r="L20" s="140" t="s">
+      <c r="H20" s="162"/>
+      <c r="I20" s="163"/>
+      <c r="J20" s="164"/>
+      <c r="K20" s="164"/>
+      <c r="L20" s="165" t="s">
         <v>19</v>
       </c>
-      <c r="M20" s="140"/>
-[...5 lines deleted...]
-      <c r="S20" s="140"/>
+      <c r="M20" s="165"/>
+      <c r="N20" s="165"/>
+      <c r="O20" s="165"/>
+      <c r="P20" s="165"/>
+      <c r="Q20" s="165"/>
+      <c r="R20" s="165"/>
+      <c r="S20" s="165"/>
       <c r="T20" s="141" t="s">
         <v>6</v>
       </c>
       <c r="U20" s="142"/>
       <c r="V20" s="143"/>
-      <c r="W20" s="144"/>
-[...28 lines deleted...]
-      <c r="S21" s="147"/>
+      <c r="W20" s="137"/>
+      <c r="X20" s="137"/>
+      <c r="Y20" s="137"/>
+      <c r="Z20" s="137"/>
+      <c r="AA20" s="137"/>
+      <c r="AB20" s="137"/>
+      <c r="AC20" s="137"/>
+      <c r="AD20" s="137"/>
+      <c r="AE20" s="137"/>
+      <c r="AF20" s="137"/>
+      <c r="AG20" s="138"/>
+    </row>
+    <row r="21" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B21" s="166"/>
+      <c r="D21" s="158"/>
+      <c r="E21" s="159"/>
+      <c r="F21" s="160"/>
+      <c r="G21" s="139"/>
+      <c r="H21" s="140"/>
+      <c r="I21" s="140"/>
+      <c r="J21" s="140"/>
+      <c r="K21" s="140"/>
+      <c r="L21" s="140"/>
+      <c r="M21" s="140"/>
+      <c r="N21" s="140"/>
+      <c r="O21" s="140"/>
+      <c r="P21" s="140"/>
+      <c r="Q21" s="140"/>
+      <c r="R21" s="140"/>
+      <c r="S21" s="140"/>
       <c r="T21" s="141" t="s">
         <v>11</v>
       </c>
       <c r="U21" s="142"/>
       <c r="V21" s="143"/>
-      <c r="W21" s="151"/>
-[...16 lines deleted...]
-      <c r="G22" s="157" t="s">
+      <c r="W21" s="147"/>
+      <c r="X21" s="148"/>
+      <c r="Y21" s="148"/>
+      <c r="Z21" s="148"/>
+      <c r="AA21" s="148"/>
+      <c r="AB21" s="148"/>
+      <c r="AC21" s="148"/>
+      <c r="AD21" s="148"/>
+      <c r="AE21" s="148"/>
+      <c r="AF21" s="148"/>
+      <c r="AG21" s="149"/>
+    </row>
+    <row r="22" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B22" s="166"/>
+      <c r="D22" s="158"/>
+      <c r="E22" s="159"/>
+      <c r="F22" s="160"/>
+      <c r="G22" s="153" t="s">
         <v>20</v>
       </c>
-      <c r="H22" s="158"/>
-[...28 lines deleted...]
-      <c r="D23" s="120" t="s">
+      <c r="H22" s="154"/>
+      <c r="I22" s="155"/>
+      <c r="J22" s="156"/>
+      <c r="K22" s="156"/>
+      <c r="L22" s="156"/>
+      <c r="M22" s="156"/>
+      <c r="N22" s="156"/>
+      <c r="O22" s="156"/>
+      <c r="P22" s="156"/>
+      <c r="Q22" s="156"/>
+      <c r="R22" s="156"/>
+      <c r="S22" s="157"/>
+      <c r="T22" s="144"/>
+      <c r="U22" s="145"/>
+      <c r="V22" s="146"/>
+      <c r="W22" s="150"/>
+      <c r="X22" s="151"/>
+      <c r="Y22" s="151"/>
+      <c r="Z22" s="151"/>
+      <c r="AA22" s="151"/>
+      <c r="AB22" s="151"/>
+      <c r="AC22" s="151"/>
+      <c r="AD22" s="151"/>
+      <c r="AE22" s="151"/>
+      <c r="AF22" s="151"/>
+      <c r="AG22" s="152"/>
+    </row>
+    <row r="23" spans="2:33" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B23" s="166"/>
+      <c r="D23" s="130" t="s">
         <v>8</v>
       </c>
-      <c r="E23" s="121"/>
-[...30 lines deleted...]
-      <c r="B24" s="162"/>
+      <c r="E23" s="131"/>
+      <c r="F23" s="131"/>
+      <c r="G23" s="96"/>
+      <c r="H23" s="97"/>
+      <c r="I23" s="97"/>
+      <c r="J23" s="97"/>
+      <c r="K23" s="97"/>
+      <c r="L23" s="97"/>
+      <c r="M23" s="97"/>
+      <c r="N23" s="97"/>
+      <c r="O23" s="97"/>
+      <c r="P23" s="97"/>
+      <c r="Q23" s="97"/>
+      <c r="R23" s="97"/>
+      <c r="S23" s="97"/>
+      <c r="T23" s="97"/>
+      <c r="U23" s="97"/>
+      <c r="V23" s="97"/>
+      <c r="W23" s="97"/>
+      <c r="X23" s="97"/>
+      <c r="Y23" s="98" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z23" s="98"/>
+      <c r="AA23" s="98"/>
+      <c r="AB23" s="98"/>
+      <c r="AC23" s="98"/>
+      <c r="AD23" s="98"/>
+      <c r="AE23" s="98"/>
+      <c r="AF23" s="98"/>
+      <c r="AG23" s="98"/>
+    </row>
+    <row r="24" spans="2:33" x14ac:dyDescent="0.15">
+      <c r="B24" s="166"/>
       <c r="Y24" s="79" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="25" spans="2:33" ht="11.1" hidden="1" customHeight="1">
-[...4 lines deleted...]
-      <c r="D26" s="170" t="s">
+    <row r="25" spans="2:33" ht="11.1" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B25" s="166"/>
+    </row>
+    <row r="26" spans="2:33" ht="19.5" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B26" s="166"/>
+      <c r="D26" s="124" t="s">
         <v>32</v>
       </c>
-      <c r="E26" s="170"/>
-[...8 lines deleted...]
-      <c r="N26" s="170"/>
+      <c r="E26" s="124"/>
+      <c r="F26" s="124"/>
+      <c r="G26" s="124"/>
+      <c r="H26" s="124"/>
+      <c r="I26" s="124"/>
+      <c r="J26" s="124"/>
+      <c r="K26" s="124"/>
+      <c r="L26" s="124"/>
+      <c r="M26" s="124"/>
+      <c r="N26" s="124"/>
       <c r="O26" s="62"/>
       <c r="P26" s="64"/>
       <c r="Q26" s="64"/>
       <c r="R26" s="64"/>
       <c r="S26" s="65" t="s">
         <v>12</v>
       </c>
       <c r="T26" s="65"/>
       <c r="U26" s="65"/>
       <c r="V26" s="65"/>
       <c r="W26" s="65"/>
       <c r="X26" s="65"/>
       <c r="Y26" s="65" t="s">
         <v>33</v>
       </c>
       <c r="Z26" s="65"/>
       <c r="AA26" s="65"/>
       <c r="AB26" s="65" t="s">
         <v>34</v>
       </c>
       <c r="AC26" s="65"/>
       <c r="AD26" s="65"/>
       <c r="AE26" s="65"/>
       <c r="AF26" s="65"/>
       <c r="AG26" s="66"/>
     </row>
-    <row r="27" spans="2:33" ht="18" hidden="1" customHeight="1">
-      <c r="B27" s="162"/>
+    <row r="27" spans="2:33" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B27" s="166"/>
       <c r="D27" s="125" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="126"/>
       <c r="F27" s="127"/>
       <c r="G27" s="128"/>
       <c r="H27" s="129"/>
       <c r="I27" s="129"/>
       <c r="J27" s="129"/>
       <c r="K27" s="129"/>
       <c r="L27" s="129"/>
       <c r="M27" s="129"/>
       <c r="N27" s="129"/>
       <c r="O27" s="129"/>
       <c r="P27" s="129"/>
       <c r="Q27" s="129"/>
       <c r="R27" s="129"/>
       <c r="S27" s="129"/>
-      <c r="T27" s="130" t="s">
+      <c r="T27" s="132" t="s">
         <v>5</v>
       </c>
-      <c r="U27" s="131"/>
-[...14 lines deleted...]
-      <c r="B28" s="162"/>
+      <c r="U27" s="133"/>
+      <c r="V27" s="134"/>
+      <c r="W27" s="135"/>
+      <c r="X27" s="135"/>
+      <c r="Y27" s="135"/>
+      <c r="Z27" s="135"/>
+      <c r="AA27" s="135"/>
+      <c r="AB27" s="135"/>
+      <c r="AC27" s="135"/>
+      <c r="AD27" s="135"/>
+      <c r="AE27" s="135"/>
+      <c r="AF27" s="135"/>
+      <c r="AG27" s="136"/>
+    </row>
+    <row r="28" spans="2:33" ht="17.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B28" s="166"/>
       <c r="C28" s="67"/>
-      <c r="D28" s="133" t="s">
+      <c r="D28" s="158" t="s">
         <v>18</v>
       </c>
-      <c r="E28" s="134"/>
-[...1 lines deleted...]
-      <c r="G28" s="136" t="s">
+      <c r="E28" s="159"/>
+      <c r="F28" s="160"/>
+      <c r="G28" s="161" t="s">
         <v>7</v>
       </c>
-      <c r="H28" s="137"/>
-[...3 lines deleted...]
-      <c r="L28" s="140" t="s">
+      <c r="H28" s="162"/>
+      <c r="I28" s="163"/>
+      <c r="J28" s="164"/>
+      <c r="K28" s="164"/>
+      <c r="L28" s="165" t="s">
         <v>19</v>
       </c>
-      <c r="M28" s="140"/>
-[...5 lines deleted...]
-      <c r="S28" s="140"/>
+      <c r="M28" s="165"/>
+      <c r="N28" s="165"/>
+      <c r="O28" s="165"/>
+      <c r="P28" s="165"/>
+      <c r="Q28" s="165"/>
+      <c r="R28" s="165"/>
+      <c r="S28" s="165"/>
       <c r="T28" s="141" t="s">
         <v>6</v>
       </c>
       <c r="U28" s="142"/>
       <c r="V28" s="143"/>
-      <c r="W28" s="144"/>
-[...28 lines deleted...]
-      <c r="S29" s="147"/>
+      <c r="W28" s="137"/>
+      <c r="X28" s="137"/>
+      <c r="Y28" s="137"/>
+      <c r="Z28" s="137"/>
+      <c r="AA28" s="137"/>
+      <c r="AB28" s="137"/>
+      <c r="AC28" s="137"/>
+      <c r="AD28" s="137"/>
+      <c r="AE28" s="137"/>
+      <c r="AF28" s="137"/>
+      <c r="AG28" s="138"/>
+    </row>
+    <row r="29" spans="2:33" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B29" s="166"/>
+      <c r="D29" s="158"/>
+      <c r="E29" s="159"/>
+      <c r="F29" s="160"/>
+      <c r="G29" s="139"/>
+      <c r="H29" s="140"/>
+      <c r="I29" s="140"/>
+      <c r="J29" s="140"/>
+      <c r="K29" s="140"/>
+      <c r="L29" s="140"/>
+      <c r="M29" s="140"/>
+      <c r="N29" s="140"/>
+      <c r="O29" s="140"/>
+      <c r="P29" s="140"/>
+      <c r="Q29" s="140"/>
+      <c r="R29" s="140"/>
+      <c r="S29" s="140"/>
       <c r="T29" s="141" t="s">
         <v>11</v>
       </c>
       <c r="U29" s="142"/>
       <c r="V29" s="143"/>
-      <c r="W29" s="151"/>
-[...16 lines deleted...]
-      <c r="G30" s="157" t="s">
+      <c r="W29" s="147"/>
+      <c r="X29" s="148"/>
+      <c r="Y29" s="148"/>
+      <c r="Z29" s="148"/>
+      <c r="AA29" s="148"/>
+      <c r="AB29" s="148"/>
+      <c r="AC29" s="148"/>
+      <c r="AD29" s="148"/>
+      <c r="AE29" s="148"/>
+      <c r="AF29" s="148"/>
+      <c r="AG29" s="149"/>
+    </row>
+    <row r="30" spans="2:33" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B30" s="166"/>
+      <c r="D30" s="158"/>
+      <c r="E30" s="159"/>
+      <c r="F30" s="160"/>
+      <c r="G30" s="153" t="s">
         <v>20</v>
       </c>
-      <c r="H30" s="158"/>
-[...28 lines deleted...]
-      <c r="D31" s="120" t="s">
+      <c r="H30" s="154"/>
+      <c r="I30" s="155"/>
+      <c r="J30" s="156"/>
+      <c r="K30" s="156"/>
+      <c r="L30" s="156"/>
+      <c r="M30" s="156"/>
+      <c r="N30" s="156"/>
+      <c r="O30" s="156"/>
+      <c r="P30" s="156"/>
+      <c r="Q30" s="156"/>
+      <c r="R30" s="156"/>
+      <c r="S30" s="157"/>
+      <c r="T30" s="144"/>
+      <c r="U30" s="145"/>
+      <c r="V30" s="146"/>
+      <c r="W30" s="150"/>
+      <c r="X30" s="151"/>
+      <c r="Y30" s="151"/>
+      <c r="Z30" s="151"/>
+      <c r="AA30" s="151"/>
+      <c r="AB30" s="151"/>
+      <c r="AC30" s="151"/>
+      <c r="AD30" s="151"/>
+      <c r="AE30" s="151"/>
+      <c r="AF30" s="151"/>
+      <c r="AG30" s="152"/>
+    </row>
+    <row r="31" spans="2:33" ht="18" hidden="1" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B31" s="166"/>
+      <c r="D31" s="130" t="s">
         <v>8</v>
       </c>
-      <c r="E31" s="121"/>
-[...30 lines deleted...]
-      <c r="B32" s="162"/>
+      <c r="E31" s="131"/>
+      <c r="F31" s="131"/>
+      <c r="G31" s="167"/>
+      <c r="H31" s="168"/>
+      <c r="I31" s="168"/>
+      <c r="J31" s="168"/>
+      <c r="K31" s="168"/>
+      <c r="L31" s="168"/>
+      <c r="M31" s="168"/>
+      <c r="N31" s="168"/>
+      <c r="O31" s="168"/>
+      <c r="P31" s="168"/>
+      <c r="Q31" s="168"/>
+      <c r="R31" s="168"/>
+      <c r="S31" s="168"/>
+      <c r="T31" s="168"/>
+      <c r="U31" s="168"/>
+      <c r="V31" s="168"/>
+      <c r="W31" s="168"/>
+      <c r="X31" s="168"/>
+      <c r="Y31" s="168"/>
+      <c r="Z31" s="168"/>
+      <c r="AA31" s="168"/>
+      <c r="AB31" s="168"/>
+      <c r="AC31" s="168"/>
+      <c r="AD31" s="168"/>
+      <c r="AE31" s="168"/>
+      <c r="AF31" s="168"/>
+      <c r="AG31" s="169"/>
+    </row>
+    <row r="32" spans="2:33" hidden="1" x14ac:dyDescent="0.15">
+      <c r="B32" s="166"/>
       <c r="D32" s="16" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="33" spans="2:34" hidden="1">
-      <c r="B33" s="162"/>
+    <row r="33" spans="2:33" hidden="1" x14ac:dyDescent="0.15">
+      <c r="B33" s="166"/>
       <c r="D33" s="16"/>
     </row>
-    <row r="34" spans="2:34" ht="5.25" hidden="1" customHeight="1">
-      <c r="B34" s="162"/>
+    <row r="34" spans="2:33" ht="5.25" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B34" s="166"/>
       <c r="D34" s="16"/>
     </row>
-    <row r="35" spans="2:34" ht="3.75" customHeight="1">
-[...3 lines deleted...]
-      <c r="B36" s="162"/>
+    <row r="35" spans="2:33" ht="3.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B35" s="166"/>
+    </row>
+    <row r="36" spans="2:33" ht="12.75" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B36" s="166"/>
       <c r="D36" s="15" t="s">
         <v>42</v>
       </c>
       <c r="E36" s="18"/>
       <c r="F36" s="18"/>
       <c r="G36" s="18"/>
       <c r="H36" s="18"/>
       <c r="I36" s="17"/>
       <c r="J36" s="62"/>
       <c r="K36" s="62"/>
       <c r="L36" s="62"/>
       <c r="M36" s="62"/>
       <c r="N36" s="62"/>
       <c r="O36" s="62"/>
       <c r="P36" s="62"/>
       <c r="Q36" s="62"/>
       <c r="R36" s="62"/>
       <c r="S36" s="62"/>
       <c r="T36" s="62"/>
       <c r="U36" s="62"/>
       <c r="V36" s="62"/>
       <c r="W36" s="62"/>
       <c r="X36" s="62"/>
       <c r="Y36" s="62"/>
       <c r="Z36" s="62"/>
       <c r="AA36" s="62"/>
       <c r="AB36" s="62"/>
       <c r="AC36" s="62"/>
       <c r="AD36" s="62"/>
       <c r="AE36" s="62"/>
       <c r="AF36" s="62"/>
       <c r="AG36" s="62"/>
     </row>
-    <row r="37" spans="2:34" ht="18" customHeight="1">
-      <c r="B37" s="162"/>
+    <row r="37" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B37" s="166"/>
       <c r="D37" s="125" t="s">
         <v>4</v>
       </c>
       <c r="E37" s="126"/>
       <c r="F37" s="127"/>
       <c r="G37" s="128"/>
       <c r="H37" s="129"/>
       <c r="I37" s="129"/>
       <c r="J37" s="129"/>
       <c r="K37" s="129"/>
       <c r="L37" s="129"/>
       <c r="M37" s="129"/>
       <c r="N37" s="129"/>
       <c r="O37" s="129"/>
       <c r="P37" s="129"/>
       <c r="Q37" s="129"/>
       <c r="R37" s="129"/>
       <c r="S37" s="129"/>
-      <c r="T37" s="130" t="s">
+      <c r="T37" s="132" t="s">
         <v>5</v>
       </c>
-      <c r="U37" s="131"/>
-[...15 lines deleted...]
-      <c r="D38" s="133" t="s">
+      <c r="U37" s="133"/>
+      <c r="V37" s="134"/>
+      <c r="W37" s="135"/>
+      <c r="X37" s="135"/>
+      <c r="Y37" s="135"/>
+      <c r="Z37" s="135"/>
+      <c r="AA37" s="135"/>
+      <c r="AB37" s="135"/>
+      <c r="AC37" s="135"/>
+      <c r="AD37" s="135"/>
+      <c r="AE37" s="135"/>
+      <c r="AF37" s="135"/>
+      <c r="AG37" s="136"/>
+    </row>
+    <row r="38" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B38" s="166"/>
+      <c r="D38" s="158" t="s">
         <v>18</v>
       </c>
-      <c r="E38" s="134"/>
-[...1 lines deleted...]
-      <c r="G38" s="136" t="s">
+      <c r="E38" s="159"/>
+      <c r="F38" s="160"/>
+      <c r="G38" s="161" t="s">
         <v>7</v>
       </c>
-      <c r="H38" s="137"/>
-[...3 lines deleted...]
-      <c r="L38" s="140" t="s">
+      <c r="H38" s="162"/>
+      <c r="I38" s="163"/>
+      <c r="J38" s="164"/>
+      <c r="K38" s="164"/>
+      <c r="L38" s="165" t="s">
         <v>19</v>
       </c>
-      <c r="M38" s="140"/>
-[...5 lines deleted...]
-      <c r="S38" s="140"/>
+      <c r="M38" s="165"/>
+      <c r="N38" s="165"/>
+      <c r="O38" s="165"/>
+      <c r="P38" s="165"/>
+      <c r="Q38" s="165"/>
+      <c r="R38" s="165"/>
+      <c r="S38" s="165"/>
       <c r="T38" s="141" t="s">
         <v>6</v>
       </c>
       <c r="U38" s="142"/>
       <c r="V38" s="143"/>
-      <c r="W38" s="144"/>
-[...28 lines deleted...]
-      <c r="S39" s="147"/>
+      <c r="W38" s="137"/>
+      <c r="X38" s="137"/>
+      <c r="Y38" s="137"/>
+      <c r="Z38" s="137"/>
+      <c r="AA38" s="137"/>
+      <c r="AB38" s="137"/>
+      <c r="AC38" s="137"/>
+      <c r="AD38" s="137"/>
+      <c r="AE38" s="137"/>
+      <c r="AF38" s="137"/>
+      <c r="AG38" s="138"/>
+    </row>
+    <row r="39" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B39" s="166"/>
+      <c r="D39" s="158"/>
+      <c r="E39" s="159"/>
+      <c r="F39" s="160"/>
+      <c r="G39" s="139"/>
+      <c r="H39" s="140"/>
+      <c r="I39" s="140"/>
+      <c r="J39" s="140"/>
+      <c r="K39" s="140"/>
+      <c r="L39" s="140"/>
+      <c r="M39" s="140"/>
+      <c r="N39" s="140"/>
+      <c r="O39" s="140"/>
+      <c r="P39" s="140"/>
+      <c r="Q39" s="140"/>
+      <c r="R39" s="140"/>
+      <c r="S39" s="140"/>
       <c r="T39" s="141" t="s">
         <v>11</v>
       </c>
       <c r="U39" s="142"/>
       <c r="V39" s="143"/>
-      <c r="W39" s="151"/>
-[...16 lines deleted...]
-      <c r="G40" s="157" t="s">
+      <c r="W39" s="147"/>
+      <c r="X39" s="148"/>
+      <c r="Y39" s="148"/>
+      <c r="Z39" s="148"/>
+      <c r="AA39" s="148"/>
+      <c r="AB39" s="148"/>
+      <c r="AC39" s="148"/>
+      <c r="AD39" s="148"/>
+      <c r="AE39" s="148"/>
+      <c r="AF39" s="148"/>
+      <c r="AG39" s="149"/>
+    </row>
+    <row r="40" spans="2:33" ht="18" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B40" s="166"/>
+      <c r="D40" s="158"/>
+      <c r="E40" s="159"/>
+      <c r="F40" s="160"/>
+      <c r="G40" s="153" t="s">
         <v>20</v>
       </c>
-      <c r="H40" s="158"/>
-[...28 lines deleted...]
-      <c r="D41" s="120" t="s">
+      <c r="H40" s="154"/>
+      <c r="I40" s="155"/>
+      <c r="J40" s="156"/>
+      <c r="K40" s="156"/>
+      <c r="L40" s="156"/>
+      <c r="M40" s="156"/>
+      <c r="N40" s="156"/>
+      <c r="O40" s="156"/>
+      <c r="P40" s="156"/>
+      <c r="Q40" s="156"/>
+      <c r="R40" s="156"/>
+      <c r="S40" s="157"/>
+      <c r="T40" s="144"/>
+      <c r="U40" s="145"/>
+      <c r="V40" s="146"/>
+      <c r="W40" s="150"/>
+      <c r="X40" s="151"/>
+      <c r="Y40" s="151"/>
+      <c r="Z40" s="151"/>
+      <c r="AA40" s="151"/>
+      <c r="AB40" s="151"/>
+      <c r="AC40" s="151"/>
+      <c r="AD40" s="151"/>
+      <c r="AE40" s="151"/>
+      <c r="AF40" s="151"/>
+      <c r="AG40" s="152"/>
+    </row>
+    <row r="41" spans="2:33" ht="15" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="B41" s="166"/>
+      <c r="D41" s="130" t="s">
         <v>8</v>
       </c>
-      <c r="E41" s="121"/>
-[...30 lines deleted...]
-      <c r="B42" s="162"/>
+      <c r="E41" s="131"/>
+      <c r="F41" s="131"/>
+      <c r="G41" s="96"/>
+      <c r="H41" s="97"/>
+      <c r="I41" s="97"/>
+      <c r="J41" s="97"/>
+      <c r="K41" s="97"/>
+      <c r="L41" s="97"/>
+      <c r="M41" s="97"/>
+      <c r="N41" s="97"/>
+      <c r="O41" s="97"/>
+      <c r="P41" s="97"/>
+      <c r="Q41" s="97"/>
+      <c r="R41" s="97"/>
+      <c r="S41" s="97"/>
+      <c r="T41" s="97"/>
+      <c r="U41" s="97"/>
+      <c r="V41" s="97"/>
+      <c r="W41" s="97"/>
+      <c r="X41" s="97"/>
+      <c r="Y41" s="98" t="s">
+        <v>89</v>
+      </c>
+      <c r="Z41" s="98"/>
+      <c r="AA41" s="98"/>
+      <c r="AB41" s="98"/>
+      <c r="AC41" s="98"/>
+      <c r="AD41" s="98"/>
+      <c r="AE41" s="98"/>
+      <c r="AF41" s="98"/>
+      <c r="AG41" s="98"/>
+    </row>
+    <row r="42" spans="2:33" x14ac:dyDescent="0.15">
+      <c r="B42" s="166"/>
       <c r="Y42" s="79" t="s">
         <v>39</v>
       </c>
     </row>
-    <row r="43" spans="2:34" ht="14.25">
-      <c r="B43" s="162"/>
+    <row r="43" spans="2:33" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B43" s="166"/>
       <c r="C43" s="11"/>
       <c r="D43" s="19"/>
       <c r="E43" s="19"/>
       <c r="F43" s="19"/>
       <c r="G43" s="19"/>
       <c r="H43" s="20"/>
       <c r="I43" s="21"/>
       <c r="J43" s="20"/>
       <c r="K43" s="20"/>
       <c r="L43" s="20"/>
       <c r="M43" s="22"/>
       <c r="N43" s="22"/>
       <c r="O43" s="23"/>
       <c r="P43" s="22"/>
       <c r="Q43" s="24"/>
       <c r="R43" s="24"/>
       <c r="S43" s="24"/>
       <c r="T43" s="24"/>
       <c r="U43" s="24"/>
       <c r="V43" s="24"/>
       <c r="W43" s="24"/>
       <c r="X43" s="24"/>
       <c r="Y43" s="24"/>
       <c r="Z43" s="24"/>
       <c r="AA43" s="24"/>
       <c r="AB43" s="24"/>
       <c r="AC43" s="24"/>
       <c r="AD43" s="25"/>
       <c r="AE43" s="11"/>
       <c r="AF43" s="11"/>
       <c r="AG43" s="11"/>
     </row>
-    <row r="45" spans="2:34">
-[...46 lines deleted...]
-      <c r="D47" s="85" t="s">
+    <row r="44" spans="2:33" ht="5.25" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="45" spans="2:33" x14ac:dyDescent="0.15">
+      <c r="B45" s="94" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="46" spans="2:33" x14ac:dyDescent="0.15">
+      <c r="B46" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="V46" s="95" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="47" spans="2:33" ht="5.25" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="48" spans="2:33" x14ac:dyDescent="0.15">
+      <c r="B48" s="26"/>
+      <c r="C48" s="27"/>
+      <c r="D48" s="26"/>
+      <c r="E48" s="28"/>
+      <c r="F48" s="28"/>
+      <c r="G48" s="28"/>
+      <c r="H48" s="28"/>
+      <c r="I48" s="28"/>
+      <c r="J48" s="28"/>
+      <c r="K48" s="28"/>
+      <c r="L48" s="28"/>
+      <c r="M48" s="28"/>
+      <c r="N48" s="28"/>
+      <c r="O48" s="28"/>
+      <c r="P48" s="28"/>
+      <c r="Q48" s="28"/>
+      <c r="R48" s="28"/>
+      <c r="S48" s="28"/>
+      <c r="T48" s="28"/>
+      <c r="U48" s="28"/>
+      <c r="V48" s="28"/>
+      <c r="W48" s="28"/>
+      <c r="X48" s="28"/>
+      <c r="Y48" s="28"/>
+      <c r="Z48" s="28"/>
+      <c r="AA48" s="28"/>
+      <c r="AB48" s="28"/>
+      <c r="AC48" s="28"/>
+      <c r="AD48" s="28"/>
+      <c r="AE48" s="28"/>
+      <c r="AF48" s="28"/>
+      <c r="AG48" s="28"/>
+    </row>
+    <row r="49" spans="2:34" ht="5.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B49" s="26"/>
+      <c r="Z49" s="35"/>
+      <c r="AA49" s="35"/>
+      <c r="AB49" s="35"/>
+      <c r="AC49" s="35"/>
+      <c r="AD49" s="35"/>
+      <c r="AE49" s="35"/>
+      <c r="AF49" s="30"/>
+      <c r="AG49" s="30"/>
+    </row>
+    <row r="50" spans="2:34" s="31" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="28"/>
+      <c r="D50" s="85" t="s">
         <v>49</v>
       </c>
-      <c r="E47" s="35"/>
-[...32 lines deleted...]
-      <c r="E48" s="35" t="s">
+      <c r="E50" s="35"/>
+      <c r="F50" s="35"/>
+      <c r="G50" s="35"/>
+      <c r="H50" s="35"/>
+      <c r="I50" s="35"/>
+      <c r="J50" s="35"/>
+      <c r="K50" s="35"/>
+      <c r="L50" s="35"/>
+      <c r="M50" s="35"/>
+      <c r="N50" s="35"/>
+      <c r="O50" s="35"/>
+      <c r="P50" s="35"/>
+      <c r="Q50" s="35"/>
+      <c r="R50" s="35"/>
+      <c r="S50" s="35"/>
+      <c r="T50" s="35"/>
+      <c r="U50" s="35"/>
+      <c r="V50" s="35"/>
+      <c r="W50" s="35"/>
+      <c r="X50" s="35"/>
+      <c r="Y50" s="35"/>
+      <c r="Z50" s="35"/>
+      <c r="AA50" s="35"/>
+      <c r="AB50" s="35"/>
+      <c r="AC50" s="35"/>
+      <c r="AD50" s="35"/>
+      <c r="AE50" s="35"/>
+      <c r="AF50" s="35"/>
+      <c r="AG50" s="35"/>
+      <c r="AH50" s="2"/>
+    </row>
+    <row r="51" spans="2:34" x14ac:dyDescent="0.15">
+      <c r="B51" s="28"/>
+      <c r="E51" s="35" t="s">
         <v>21</v>
       </c>
-      <c r="F48" s="35"/>
-[...24 lines deleted...]
-      <c r="E49" s="2" t="s">
+      <c r="F51" s="35"/>
+      <c r="G51" s="35"/>
+      <c r="H51" s="35"/>
+      <c r="I51" s="35"/>
+      <c r="J51" s="35"/>
+      <c r="K51" s="35"/>
+      <c r="L51" s="35"/>
+      <c r="M51" s="35"/>
+      <c r="N51" s="35"/>
+      <c r="O51" s="35"/>
+      <c r="P51" s="35"/>
+      <c r="Q51" s="35"/>
+      <c r="R51" s="35"/>
+      <c r="S51" s="35"/>
+      <c r="T51" s="35"/>
+      <c r="U51" s="35"/>
+      <c r="V51" s="35"/>
+      <c r="W51" s="35"/>
+      <c r="X51" s="35"/>
+      <c r="Y51" s="35"/>
+      <c r="AF51" s="35"/>
+      <c r="AG51" s="35"/>
+    </row>
+    <row r="52" spans="2:34" x14ac:dyDescent="0.15">
+      <c r="B52" s="28"/>
+      <c r="E52" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="Z49" s="36"/>
-[...9 lines deleted...]
-      <c r="E50" s="2" t="s">
+      <c r="Z52" s="36"/>
+      <c r="AA52" s="36"/>
+      <c r="AB52" s="36"/>
+      <c r="AC52" s="36"/>
+      <c r="AD52" s="36"/>
+      <c r="AE52" s="36"/>
+    </row>
+    <row r="53" spans="2:34" s="84" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B53" s="86"/>
+      <c r="D53" s="2"/>
+      <c r="E53" s="2" t="s">
         <v>22</v>
-      </c>
-[...89 lines deleted...]
-        <v>31</v>
       </c>
       <c r="F53" s="36"/>
       <c r="G53" s="36"/>
       <c r="H53" s="36"/>
       <c r="I53" s="36"/>
       <c r="J53" s="36"/>
       <c r="K53" s="36"/>
       <c r="L53" s="36"/>
       <c r="M53" s="36"/>
-      <c r="AA53" s="84"/>
-[...2 lines deleted...]
-    <row r="54" spans="2:33" ht="3.75" customHeight="1">
+      <c r="N53" s="36"/>
+      <c r="O53" s="36"/>
+      <c r="P53" s="36"/>
+      <c r="Q53" s="36"/>
+      <c r="R53" s="36"/>
+      <c r="S53" s="36"/>
+      <c r="T53" s="36"/>
+      <c r="U53" s="36"/>
+      <c r="V53" s="36"/>
+      <c r="W53" s="36"/>
+      <c r="X53" s="36"/>
+      <c r="Y53" s="36"/>
+      <c r="Z53" s="88"/>
+      <c r="AA53" s="88"/>
+      <c r="AB53" s="88"/>
+      <c r="AC53" s="88"/>
+      <c r="AD53" s="88"/>
+      <c r="AE53" s="88"/>
+      <c r="AF53" s="88"/>
+      <c r="AG53" s="88"/>
+    </row>
+    <row r="54" spans="2:34" ht="6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="28"/>
-      <c r="P54" s="36"/>
-[...8 lines deleted...]
-      <c r="Y54" s="36"/>
+      <c r="N54" s="88"/>
+      <c r="O54" s="88"/>
+      <c r="P54" s="88"/>
+      <c r="Q54" s="88"/>
+      <c r="R54" s="88"/>
+      <c r="S54" s="88"/>
+      <c r="T54" s="88"/>
+      <c r="U54" s="88"/>
+      <c r="V54" s="88"/>
+      <c r="W54" s="88"/>
+      <c r="X54" s="88"/>
+      <c r="Y54" s="88"/>
       <c r="Z54" s="36"/>
       <c r="AA54" s="36"/>
       <c r="AB54" s="36"/>
       <c r="AC54" s="36"/>
       <c r="AD54" s="36"/>
       <c r="AE54" s="36"/>
       <c r="AF54" s="36"/>
     </row>
-    <row r="55" spans="2:33">
-      <c r="B55" s="28"/>
+    <row r="55" spans="2:34" s="84" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="B55" s="86"/>
       <c r="D55" s="87" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="E55" s="88"/>
-      <c r="F55" s="35"/>
-[...26 lines deleted...]
-    <row r="56" spans="2:33">
+      <c r="F55" s="88"/>
+      <c r="G55" s="88"/>
+      <c r="H55" s="88"/>
+      <c r="I55" s="88"/>
+      <c r="J55" s="88"/>
+      <c r="K55" s="88"/>
+      <c r="L55" s="88"/>
+      <c r="M55" s="88"/>
+      <c r="N55" s="36"/>
+      <c r="O55" s="36"/>
+      <c r="P55" s="36"/>
+      <c r="Q55" s="36"/>
+      <c r="R55" s="36"/>
+      <c r="S55" s="36"/>
+      <c r="T55" s="36"/>
+      <c r="U55" s="36"/>
+      <c r="V55" s="36"/>
+      <c r="W55" s="36"/>
+      <c r="X55" s="36"/>
+      <c r="Y55" s="36"/>
+      <c r="Z55" s="88"/>
+      <c r="AA55" s="88"/>
+      <c r="AB55" s="88"/>
+      <c r="AC55" s="88"/>
+      <c r="AD55" s="88"/>
+      <c r="AE55" s="88"/>
+      <c r="AF55" s="88"/>
+      <c r="AG55" s="88"/>
+    </row>
+    <row r="56" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B56" s="28"/>
       <c r="E56" s="2" t="s">
-        <v>55</v>
-[...28 lines deleted...]
-    <row r="57" spans="2:33">
+        <v>31</v>
+      </c>
+      <c r="F56" s="36"/>
+      <c r="G56" s="36"/>
+      <c r="H56" s="36"/>
+      <c r="I56" s="36"/>
+      <c r="J56" s="36"/>
+      <c r="K56" s="36"/>
+      <c r="L56" s="36"/>
+      <c r="M56" s="36"/>
+      <c r="AA56" s="84"/>
+      <c r="AF56" s="36"/>
+    </row>
+    <row r="57" spans="2:34" ht="3.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B57" s="28"/>
-      <c r="D57" s="87" t="s">
-[...30 lines deleted...]
-    <row r="58" spans="2:33">
+      <c r="P57" s="36"/>
+      <c r="Q57" s="36"/>
+      <c r="R57" s="36"/>
+      <c r="S57" s="36"/>
+      <c r="T57" s="36"/>
+      <c r="U57" s="36"/>
+      <c r="V57" s="36"/>
+      <c r="W57" s="36"/>
+      <c r="X57" s="36"/>
+      <c r="Y57" s="36"/>
+      <c r="Z57" s="36"/>
+      <c r="AA57" s="36"/>
+      <c r="AB57" s="36"/>
+      <c r="AC57" s="36"/>
+      <c r="AD57" s="36"/>
+      <c r="AE57" s="36"/>
+      <c r="AF57" s="36"/>
+    </row>
+    <row r="58" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B58" s="28"/>
-      <c r="E58" s="2" t="s">
-[...11 lines deleted...]
-      <c r="O58" s="88"/>
+      <c r="D58" s="87" t="s">
+        <v>54</v>
+      </c>
+      <c r="E58" s="88"/>
+      <c r="F58" s="35"/>
+      <c r="G58" s="32"/>
+      <c r="H58" s="32"/>
+      <c r="I58" s="32"/>
+      <c r="J58" s="57"/>
+      <c r="K58" s="57"/>
+      <c r="L58" s="57"/>
+      <c r="M58" s="57"/>
+      <c r="N58" s="57"/>
+      <c r="O58" s="57"/>
       <c r="P58" s="57"/>
       <c r="Q58" s="57"/>
       <c r="R58" s="57"/>
       <c r="S58" s="57"/>
       <c r="T58" s="35"/>
       <c r="U58" s="58"/>
       <c r="V58" s="32"/>
       <c r="W58" s="32"/>
       <c r="X58" s="32"/>
       <c r="Y58" s="32"/>
       <c r="Z58" s="32"/>
       <c r="AA58" s="57"/>
       <c r="AB58" s="57"/>
       <c r="AC58" s="57"/>
       <c r="AD58" s="59"/>
       <c r="AE58" s="59"/>
     </row>
-    <row r="59" spans="2:33" ht="6" customHeight="1">
+    <row r="59" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B59" s="28"/>
-      <c r="D59" s="36"/>
-[...1 lines deleted...]
-    <row r="60" spans="2:33" ht="14.25" customHeight="1">
+      <c r="E59" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F59" s="88"/>
+      <c r="G59" s="88"/>
+      <c r="H59" s="88"/>
+      <c r="I59" s="88"/>
+      <c r="J59" s="88"/>
+      <c r="K59" s="88"/>
+      <c r="L59" s="88"/>
+      <c r="M59" s="88"/>
+      <c r="N59" s="88"/>
+      <c r="O59" s="88"/>
+      <c r="P59" s="57"/>
+      <c r="Q59" s="57"/>
+      <c r="R59" s="57"/>
+      <c r="S59" s="57"/>
+      <c r="T59" s="35"/>
+      <c r="U59" s="58"/>
+      <c r="V59" s="32"/>
+      <c r="W59" s="32"/>
+      <c r="X59" s="32"/>
+      <c r="Y59" s="32"/>
+      <c r="Z59" s="32"/>
+      <c r="AA59" s="57"/>
+      <c r="AB59" s="57"/>
+      <c r="AC59" s="57"/>
+      <c r="AD59" s="59"/>
+      <c r="AE59" s="59"/>
+    </row>
+    <row r="60" spans="2:34" x14ac:dyDescent="0.2">
       <c r="B60" s="28"/>
-      <c r="D60" s="103" t="s">
+      <c r="D60" s="87" t="s">
+        <v>56</v>
+      </c>
+      <c r="E60" s="88"/>
+      <c r="F60" s="35"/>
+      <c r="G60" s="32"/>
+      <c r="H60" s="32"/>
+      <c r="I60" s="32"/>
+      <c r="J60" s="57"/>
+      <c r="K60" s="57"/>
+      <c r="L60" s="57"/>
+      <c r="M60" s="57"/>
+      <c r="N60" s="57"/>
+      <c r="O60" s="57"/>
+      <c r="P60" s="57"/>
+      <c r="Q60" s="57"/>
+      <c r="R60" s="57"/>
+      <c r="S60" s="57"/>
+      <c r="T60" s="35"/>
+      <c r="U60" s="58"/>
+      <c r="V60" s="32"/>
+      <c r="W60" s="32"/>
+      <c r="X60" s="32"/>
+      <c r="Y60" s="32"/>
+      <c r="Z60" s="32"/>
+      <c r="AA60" s="57"/>
+      <c r="AB60" s="57"/>
+      <c r="AC60" s="57"/>
+      <c r="AD60" s="59"/>
+      <c r="AE60" s="59"/>
+    </row>
+    <row r="61" spans="2:34" x14ac:dyDescent="0.2">
+      <c r="B61" s="28"/>
+      <c r="E61" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F61" s="88"/>
+      <c r="G61" s="88"/>
+      <c r="H61" s="88"/>
+      <c r="I61" s="88"/>
+      <c r="J61" s="88"/>
+      <c r="K61" s="88"/>
+      <c r="L61" s="88"/>
+      <c r="M61" s="88"/>
+      <c r="N61" s="88"/>
+      <c r="O61" s="88"/>
+      <c r="P61" s="57"/>
+      <c r="Q61" s="57"/>
+      <c r="R61" s="57"/>
+      <c r="S61" s="57"/>
+      <c r="T61" s="35"/>
+      <c r="U61" s="58"/>
+      <c r="V61" s="32"/>
+      <c r="W61" s="32"/>
+      <c r="X61" s="32"/>
+      <c r="Y61" s="32"/>
+      <c r="Z61" s="32"/>
+      <c r="AA61" s="57"/>
+      <c r="AB61" s="57"/>
+      <c r="AC61" s="57"/>
+      <c r="AD61" s="59"/>
+      <c r="AE61" s="59"/>
+    </row>
+    <row r="62" spans="2:34" ht="6" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B62" s="28"/>
+      <c r="D62" s="36"/>
+    </row>
+    <row r="63" spans="2:34" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B63" s="28"/>
+      <c r="D63" s="170" t="s">
         <v>28</v>
       </c>
-      <c r="E60" s="112" t="s">
+      <c r="E63" s="180" t="s">
         <v>26</v>
       </c>
-      <c r="F60" s="113"/>
-[...20 lines deleted...]
-      <c r="AA60" s="108" t="s">
+      <c r="F63" s="181"/>
+      <c r="G63" s="181"/>
+      <c r="H63" s="181"/>
+      <c r="I63" s="181"/>
+      <c r="J63" s="181"/>
+      <c r="K63" s="181"/>
+      <c r="L63" s="181"/>
+      <c r="M63" s="181"/>
+      <c r="N63" s="181"/>
+      <c r="O63" s="181"/>
+      <c r="P63" s="181"/>
+      <c r="Q63" s="181"/>
+      <c r="R63" s="181"/>
+      <c r="S63" s="181"/>
+      <c r="T63" s="181"/>
+      <c r="U63" s="181"/>
+      <c r="V63" s="181"/>
+      <c r="W63" s="181"/>
+      <c r="X63" s="181"/>
+      <c r="Y63" s="181"/>
+      <c r="Z63" s="182"/>
+      <c r="AA63" s="177" t="s">
         <v>27</v>
       </c>
-      <c r="AB60" s="109"/>
-[...9 lines deleted...]
-      <c r="E61" s="111" t="s">
+      <c r="AB63" s="178"/>
+      <c r="AC63" s="178"/>
+      <c r="AD63" s="178"/>
+      <c r="AE63" s="178"/>
+      <c r="AF63" s="178"/>
+      <c r="AG63" s="179"/>
+    </row>
+    <row r="64" spans="2:34" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B64" s="28"/>
+      <c r="D64" s="171"/>
+      <c r="E64" s="180" t="s">
         <v>53</v>
       </c>
-      <c r="F61" s="111"/>
-[...6 lines deleted...]
-      <c r="M61" s="96" t="s">
+      <c r="F64" s="181"/>
+      <c r="G64" s="181"/>
+      <c r="H64" s="181"/>
+      <c r="I64" s="181"/>
+      <c r="J64" s="181"/>
+      <c r="K64" s="181"/>
+      <c r="L64" s="182"/>
+      <c r="M64" s="185" t="s">
         <v>23</v>
       </c>
-      <c r="N61" s="97"/>
-      <c r="O61" s="96" t="s">
+      <c r="N64" s="187"/>
+      <c r="O64" s="185" t="s">
         <v>29</v>
       </c>
-      <c r="P61" s="119"/>
-[...6 lines deleted...]
-      <c r="W61" s="96" t="s">
+      <c r="P64" s="186"/>
+      <c r="Q64" s="186"/>
+      <c r="R64" s="186"/>
+      <c r="S64" s="186"/>
+      <c r="T64" s="186"/>
+      <c r="U64" s="186"/>
+      <c r="V64" s="187"/>
+      <c r="W64" s="185" t="s">
         <v>59</v>
       </c>
-      <c r="X61" s="97"/>
-      <c r="Y61" s="115" t="s">
+      <c r="X64" s="187"/>
+      <c r="Y64" s="183" t="s">
         <v>60</v>
       </c>
-      <c r="Z61" s="116"/>
-      <c r="AA61" s="105" t="s">
+      <c r="Z64" s="184"/>
+      <c r="AA64" s="177" t="s">
         <v>25</v>
       </c>
-      <c r="AB61" s="106"/>
-[...111 lines deleted...]
-    <row r="65" spans="2:33" ht="15.75">
+      <c r="AB64" s="178"/>
+      <c r="AC64" s="178"/>
+      <c r="AD64" s="178"/>
+      <c r="AE64" s="178"/>
+      <c r="AF64" s="178"/>
+      <c r="AG64" s="179"/>
+    </row>
+    <row r="65" spans="2:33" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B65" s="28"/>
       <c r="D65" s="61">
-        <v>4</v>
-[...31 lines deleted...]
-    <row r="66" spans="2:33" ht="15.75">
+        <v>1</v>
+      </c>
+      <c r="E65" s="172"/>
+      <c r="F65" s="173"/>
+      <c r="G65" s="173"/>
+      <c r="H65" s="173"/>
+      <c r="I65" s="173"/>
+      <c r="J65" s="173"/>
+      <c r="K65" s="173"/>
+      <c r="L65" s="174"/>
+      <c r="M65" s="172"/>
+      <c r="N65" s="174"/>
+      <c r="O65" s="193"/>
+      <c r="P65" s="194"/>
+      <c r="Q65" s="194"/>
+      <c r="R65" s="194"/>
+      <c r="S65" s="194"/>
+      <c r="T65" s="194"/>
+      <c r="U65" s="194"/>
+      <c r="V65" s="195"/>
+      <c r="W65" s="188"/>
+      <c r="X65" s="189"/>
+      <c r="Y65" s="175"/>
+      <c r="Z65" s="176"/>
+      <c r="AA65" s="190"/>
+      <c r="AB65" s="191"/>
+      <c r="AC65" s="191"/>
+      <c r="AD65" s="191"/>
+      <c r="AE65" s="191"/>
+      <c r="AF65" s="191"/>
+      <c r="AG65" s="192"/>
+    </row>
+    <row r="66" spans="2:33" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B66" s="28"/>
       <c r="D66" s="61">
-        <v>5</v>
-[...31 lines deleted...]
-    <row r="67" spans="2:33" ht="15.75">
+        <v>2</v>
+      </c>
+      <c r="E66" s="172"/>
+      <c r="F66" s="173"/>
+      <c r="G66" s="173"/>
+      <c r="H66" s="173"/>
+      <c r="I66" s="173"/>
+      <c r="J66" s="173"/>
+      <c r="K66" s="173"/>
+      <c r="L66" s="174"/>
+      <c r="M66" s="172"/>
+      <c r="N66" s="174"/>
+      <c r="O66" s="193"/>
+      <c r="P66" s="194"/>
+      <c r="Q66" s="194"/>
+      <c r="R66" s="194"/>
+      <c r="S66" s="194"/>
+      <c r="T66" s="194"/>
+      <c r="U66" s="194"/>
+      <c r="V66" s="195"/>
+      <c r="W66" s="188"/>
+      <c r="X66" s="189"/>
+      <c r="Y66" s="175"/>
+      <c r="Z66" s="176"/>
+      <c r="AA66" s="190"/>
+      <c r="AB66" s="191"/>
+      <c r="AC66" s="191"/>
+      <c r="AD66" s="191"/>
+      <c r="AE66" s="191"/>
+      <c r="AF66" s="191"/>
+      <c r="AG66" s="192"/>
+    </row>
+    <row r="67" spans="2:33" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B67" s="28"/>
       <c r="D67" s="61">
-        <v>6</v>
-[...31 lines deleted...]
-    <row r="68" spans="2:33" ht="15.75">
+        <v>3</v>
+      </c>
+      <c r="E67" s="172"/>
+      <c r="F67" s="173"/>
+      <c r="G67" s="173"/>
+      <c r="H67" s="173"/>
+      <c r="I67" s="173"/>
+      <c r="J67" s="173"/>
+      <c r="K67" s="173"/>
+      <c r="L67" s="174"/>
+      <c r="M67" s="172"/>
+      <c r="N67" s="174"/>
+      <c r="O67" s="193"/>
+      <c r="P67" s="194"/>
+      <c r="Q67" s="194"/>
+      <c r="R67" s="194"/>
+      <c r="S67" s="194"/>
+      <c r="T67" s="194"/>
+      <c r="U67" s="194"/>
+      <c r="V67" s="195"/>
+      <c r="W67" s="188"/>
+      <c r="X67" s="189"/>
+      <c r="Y67" s="175"/>
+      <c r="Z67" s="176"/>
+      <c r="AA67" s="190"/>
+      <c r="AB67" s="191"/>
+      <c r="AC67" s="191"/>
+      <c r="AD67" s="191"/>
+      <c r="AE67" s="191"/>
+      <c r="AF67" s="191"/>
+      <c r="AG67" s="192"/>
+    </row>
+    <row r="68" spans="2:33" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B68" s="28"/>
       <c r="D68" s="61">
-        <v>7</v>
-[...31 lines deleted...]
-    <row r="69" spans="2:33" ht="15.75">
+        <v>4</v>
+      </c>
+      <c r="E68" s="172"/>
+      <c r="F68" s="173"/>
+      <c r="G68" s="173"/>
+      <c r="H68" s="173"/>
+      <c r="I68" s="173"/>
+      <c r="J68" s="173"/>
+      <c r="K68" s="173"/>
+      <c r="L68" s="174"/>
+      <c r="M68" s="172"/>
+      <c r="N68" s="174"/>
+      <c r="O68" s="193"/>
+      <c r="P68" s="194"/>
+      <c r="Q68" s="194"/>
+      <c r="R68" s="194"/>
+      <c r="S68" s="194"/>
+      <c r="T68" s="194"/>
+      <c r="U68" s="194"/>
+      <c r="V68" s="195"/>
+      <c r="W68" s="188"/>
+      <c r="X68" s="189"/>
+      <c r="Y68" s="175"/>
+      <c r="Z68" s="176"/>
+      <c r="AA68" s="190"/>
+      <c r="AB68" s="191"/>
+      <c r="AC68" s="191"/>
+      <c r="AD68" s="191"/>
+      <c r="AE68" s="191"/>
+      <c r="AF68" s="191"/>
+      <c r="AG68" s="192"/>
+    </row>
+    <row r="69" spans="2:33" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B69" s="28"/>
       <c r="D69" s="61">
-        <v>8</v>
-[...31 lines deleted...]
-    <row r="70" spans="2:33" ht="15.75">
+        <v>5</v>
+      </c>
+      <c r="E69" s="172"/>
+      <c r="F69" s="173"/>
+      <c r="G69" s="173"/>
+      <c r="H69" s="173"/>
+      <c r="I69" s="173"/>
+      <c r="J69" s="173"/>
+      <c r="K69" s="173"/>
+      <c r="L69" s="174"/>
+      <c r="M69" s="172"/>
+      <c r="N69" s="174"/>
+      <c r="O69" s="193"/>
+      <c r="P69" s="194"/>
+      <c r="Q69" s="194"/>
+      <c r="R69" s="194"/>
+      <c r="S69" s="194"/>
+      <c r="T69" s="194"/>
+      <c r="U69" s="194"/>
+      <c r="V69" s="195"/>
+      <c r="W69" s="188"/>
+      <c r="X69" s="189"/>
+      <c r="Y69" s="175"/>
+      <c r="Z69" s="176"/>
+      <c r="AA69" s="190"/>
+      <c r="AB69" s="191"/>
+      <c r="AC69" s="191"/>
+      <c r="AD69" s="191"/>
+      <c r="AE69" s="191"/>
+      <c r="AF69" s="191"/>
+      <c r="AG69" s="192"/>
+    </row>
+    <row r="70" spans="2:33" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B70" s="28"/>
       <c r="D70" s="61">
-        <v>9</v>
-[...31 lines deleted...]
-    <row r="71" spans="2:33" ht="15.75">
+        <v>6</v>
+      </c>
+      <c r="E70" s="172"/>
+      <c r="F70" s="173"/>
+      <c r="G70" s="173"/>
+      <c r="H70" s="173"/>
+      <c r="I70" s="173"/>
+      <c r="J70" s="173"/>
+      <c r="K70" s="173"/>
+      <c r="L70" s="174"/>
+      <c r="M70" s="172"/>
+      <c r="N70" s="174"/>
+      <c r="O70" s="193"/>
+      <c r="P70" s="194"/>
+      <c r="Q70" s="194"/>
+      <c r="R70" s="194"/>
+      <c r="S70" s="194"/>
+      <c r="T70" s="194"/>
+      <c r="U70" s="194"/>
+      <c r="V70" s="195"/>
+      <c r="W70" s="188"/>
+      <c r="X70" s="189"/>
+      <c r="Y70" s="175"/>
+      <c r="Z70" s="176"/>
+      <c r="AA70" s="190"/>
+      <c r="AB70" s="191"/>
+      <c r="AC70" s="191"/>
+      <c r="AD70" s="191"/>
+      <c r="AE70" s="191"/>
+      <c r="AF70" s="191"/>
+      <c r="AG70" s="192"/>
+    </row>
+    <row r="71" spans="2:33" ht="15.75" x14ac:dyDescent="0.15">
       <c r="B71" s="28"/>
       <c r="D71" s="61">
+        <v>7</v>
+      </c>
+      <c r="E71" s="172"/>
+      <c r="F71" s="173"/>
+      <c r="G71" s="173"/>
+      <c r="H71" s="173"/>
+      <c r="I71" s="173"/>
+      <c r="J71" s="173"/>
+      <c r="K71" s="173"/>
+      <c r="L71" s="174"/>
+      <c r="M71" s="172"/>
+      <c r="N71" s="174"/>
+      <c r="O71" s="193"/>
+      <c r="P71" s="194"/>
+      <c r="Q71" s="194"/>
+      <c r="R71" s="194"/>
+      <c r="S71" s="194"/>
+      <c r="T71" s="194"/>
+      <c r="U71" s="194"/>
+      <c r="V71" s="195"/>
+      <c r="W71" s="188"/>
+      <c r="X71" s="189"/>
+      <c r="Y71" s="175"/>
+      <c r="Z71" s="176"/>
+      <c r="AA71" s="190"/>
+      <c r="AB71" s="191"/>
+      <c r="AC71" s="191"/>
+      <c r="AD71" s="191"/>
+      <c r="AE71" s="191"/>
+      <c r="AF71" s="191"/>
+      <c r="AG71" s="192"/>
+    </row>
+    <row r="72" spans="2:33" ht="15.75" x14ac:dyDescent="0.15">
+      <c r="B72" s="28"/>
+      <c r="D72" s="61">
+        <v>8</v>
+      </c>
+      <c r="E72" s="172"/>
+      <c r="F72" s="173"/>
+      <c r="G72" s="173"/>
+      <c r="H72" s="173"/>
+      <c r="I72" s="173"/>
+      <c r="J72" s="173"/>
+      <c r="K72" s="173"/>
+      <c r="L72" s="174"/>
+      <c r="M72" s="172"/>
+      <c r="N72" s="174"/>
+      <c r="O72" s="193"/>
+      <c r="P72" s="194"/>
+      <c r="Q72" s="194"/>
+      <c r="R72" s="194"/>
+      <c r="S72" s="194"/>
+      <c r="T72" s="194"/>
+      <c r="U72" s="194"/>
+      <c r="V72" s="195"/>
+      <c r="W72" s="188"/>
+      <c r="X72" s="189"/>
+      <c r="Y72" s="175"/>
+      <c r="Z72" s="176"/>
+      <c r="AA72" s="190"/>
+      <c r="AB72" s="191"/>
+      <c r="AC72" s="191"/>
+      <c r="AD72" s="191"/>
+      <c r="AE72" s="191"/>
+      <c r="AF72" s="191"/>
+      <c r="AG72" s="192"/>
+    </row>
+    <row r="73" spans="2:33" ht="15.75" x14ac:dyDescent="0.15">
+      <c r="B73" s="28"/>
+      <c r="D73" s="61">
+        <v>9</v>
+      </c>
+      <c r="E73" s="172"/>
+      <c r="F73" s="173"/>
+      <c r="G73" s="173"/>
+      <c r="H73" s="173"/>
+      <c r="I73" s="173"/>
+      <c r="J73" s="173"/>
+      <c r="K73" s="173"/>
+      <c r="L73" s="174"/>
+      <c r="M73" s="172"/>
+      <c r="N73" s="174"/>
+      <c r="O73" s="193"/>
+      <c r="P73" s="194"/>
+      <c r="Q73" s="194"/>
+      <c r="R73" s="194"/>
+      <c r="S73" s="194"/>
+      <c r="T73" s="194"/>
+      <c r="U73" s="194"/>
+      <c r="V73" s="195"/>
+      <c r="W73" s="188"/>
+      <c r="X73" s="189"/>
+      <c r="Y73" s="175"/>
+      <c r="Z73" s="176"/>
+      <c r="AA73" s="190"/>
+      <c r="AB73" s="191"/>
+      <c r="AC73" s="191"/>
+      <c r="AD73" s="191"/>
+      <c r="AE73" s="191"/>
+      <c r="AF73" s="191"/>
+      <c r="AG73" s="192"/>
+    </row>
+    <row r="74" spans="2:33" ht="15.75" x14ac:dyDescent="0.15">
+      <c r="B74" s="28"/>
+      <c r="D74" s="61">
         <v>10</v>
       </c>
-      <c r="E71" s="98"/>
-[...116 lines deleted...]
-      <c r="B75" s="60"/>
+      <c r="E74" s="172"/>
+      <c r="F74" s="173"/>
+      <c r="G74" s="173"/>
+      <c r="H74" s="173"/>
+      <c r="I74" s="173"/>
+      <c r="J74" s="173"/>
+      <c r="K74" s="173"/>
+      <c r="L74" s="174"/>
+      <c r="M74" s="172"/>
+      <c r="N74" s="174"/>
+      <c r="O74" s="193"/>
+      <c r="P74" s="194"/>
+      <c r="Q74" s="194"/>
+      <c r="R74" s="194"/>
+      <c r="S74" s="194"/>
+      <c r="T74" s="194"/>
+      <c r="U74" s="194"/>
+      <c r="V74" s="195"/>
+      <c r="W74" s="188"/>
+      <c r="X74" s="189"/>
+      <c r="Y74" s="175"/>
+      <c r="Z74" s="176"/>
+      <c r="AA74" s="190"/>
+      <c r="AB74" s="191"/>
+      <c r="AC74" s="191"/>
+      <c r="AD74" s="191"/>
+      <c r="AE74" s="191"/>
+      <c r="AF74" s="191"/>
+      <c r="AG74" s="192"/>
+    </row>
+    <row r="75" spans="2:33" hidden="1" x14ac:dyDescent="0.15">
+      <c r="B75" s="28"/>
       <c r="D75" s="35"/>
-    </row>
-[...31 lines deleted...]
-      <c r="B77" s="28"/>
+      <c r="E75" s="32"/>
+      <c r="F75" s="35"/>
+      <c r="G75" s="32"/>
+      <c r="H75" s="32"/>
+      <c r="I75" s="32"/>
+      <c r="J75" s="57"/>
+      <c r="K75" s="57"/>
+      <c r="L75" s="57"/>
+      <c r="M75" s="57"/>
+      <c r="N75" s="57"/>
+      <c r="O75" s="57"/>
+      <c r="P75" s="57"/>
+      <c r="Q75" s="57"/>
+      <c r="R75" s="57"/>
+      <c r="S75" s="57"/>
+      <c r="T75" s="35"/>
+      <c r="U75" s="58"/>
+      <c r="V75" s="32"/>
+      <c r="W75" s="32"/>
+      <c r="X75" s="32"/>
+      <c r="Y75" s="32"/>
+      <c r="Z75" s="32"/>
+      <c r="AA75" s="57"/>
+      <c r="AB75" s="57"/>
+      <c r="AC75" s="57"/>
+      <c r="AD75" s="59"/>
+      <c r="AE75" s="59"/>
+    </row>
+    <row r="76" spans="2:33" hidden="1" x14ac:dyDescent="0.15">
+      <c r="B76" s="33"/>
+      <c r="D76" s="35"/>
+      <c r="E76" s="35"/>
+      <c r="F76" s="32"/>
+      <c r="G76" s="32"/>
+      <c r="H76" s="32"/>
+      <c r="I76" s="32"/>
+      <c r="J76" s="32"/>
+      <c r="K76" s="32"/>
+      <c r="L76" s="32"/>
+      <c r="M76" s="32"/>
+      <c r="N76" s="32"/>
+      <c r="O76" s="32"/>
+      <c r="P76" s="32"/>
+      <c r="Q76" s="32"/>
+      <c r="R76" s="32"/>
+      <c r="S76" s="35"/>
+      <c r="T76" s="35"/>
+      <c r="U76" s="35"/>
+      <c r="V76" s="35"/>
+      <c r="W76" s="35"/>
+    </row>
+    <row r="77" spans="2:33" hidden="1" x14ac:dyDescent="0.15">
+      <c r="B77" s="60"/>
       <c r="D77" s="36"/>
-    </row>
-[...9 lines deleted...]
-      <c r="B80" s="36"/>
+      <c r="F77" s="36"/>
+      <c r="G77" s="36"/>
+      <c r="H77" s="36"/>
+      <c r="I77" s="36"/>
+      <c r="J77" s="36"/>
+      <c r="K77" s="36"/>
+      <c r="L77" s="36"/>
+      <c r="M77" s="36"/>
+      <c r="N77" s="36"/>
+      <c r="O77" s="36"/>
+      <c r="P77" s="36"/>
+      <c r="Q77" s="36"/>
+      <c r="R77" s="36"/>
+      <c r="S77" s="36"/>
+      <c r="T77" s="36"/>
+      <c r="U77" s="36"/>
+      <c r="V77" s="36"/>
+      <c r="W77" s="36"/>
+      <c r="X77" s="36"/>
+      <c r="Y77" s="36"/>
+      <c r="Z77" s="36"/>
+      <c r="AA77" s="36"/>
+      <c r="AB77" s="36"/>
+      <c r="AC77" s="36"/>
+      <c r="AD77" s="36"/>
+      <c r="AE77" s="36"/>
+      <c r="AF77" s="36"/>
+      <c r="AG77" s="36"/>
+    </row>
+    <row r="78" spans="2:33" hidden="1" x14ac:dyDescent="0.15">
+      <c r="B78" s="60"/>
+      <c r="D78" s="35"/>
+    </row>
+    <row r="79" spans="2:33" hidden="1" x14ac:dyDescent="0.15">
+      <c r="B79" s="28"/>
+      <c r="E79" s="36"/>
+      <c r="F79" s="36"/>
+      <c r="G79" s="36"/>
+      <c r="H79" s="36"/>
+      <c r="I79" s="36"/>
+      <c r="J79" s="36"/>
+      <c r="K79" s="36"/>
+      <c r="L79" s="36"/>
+      <c r="M79" s="36"/>
+      <c r="N79" s="36"/>
+      <c r="O79" s="36"/>
+      <c r="P79" s="36"/>
+      <c r="Q79" s="36"/>
+      <c r="R79" s="36"/>
+      <c r="S79" s="36"/>
+      <c r="T79" s="36"/>
+      <c r="U79" s="36"/>
+      <c r="V79" s="36"/>
+      <c r="W79" s="36"/>
+      <c r="X79" s="36"/>
+      <c r="Z79" s="36"/>
+      <c r="AA79" s="36"/>
+      <c r="AB79" s="36"/>
+      <c r="AC79" s="36"/>
+      <c r="AD79" s="36"/>
+      <c r="AE79" s="36"/>
+      <c r="AF79" s="36"/>
+    </row>
+    <row r="80" spans="2:33" ht="6" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B80" s="28"/>
       <c r="D80" s="36"/>
     </row>
-    <row r="81" spans="1:37" hidden="1">
+    <row r="81" spans="1:37" ht="3.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B81" s="36"/>
       <c r="D81" s="36"/>
     </row>
-    <row r="82" spans="1:37" hidden="1">
+    <row r="82" spans="1:37" hidden="1" x14ac:dyDescent="0.15">
       <c r="B82" s="36"/>
       <c r="D82" s="36"/>
     </row>
-    <row r="83" spans="1:37" hidden="1">
+    <row r="83" spans="1:37" hidden="1" x14ac:dyDescent="0.15">
       <c r="B83" s="36"/>
       <c r="D83" s="36"/>
     </row>
-    <row r="84" spans="1:37" hidden="1">
+    <row r="84" spans="1:37" hidden="1" x14ac:dyDescent="0.15">
       <c r="B84" s="36"/>
       <c r="D84" s="36"/>
     </row>
-    <row r="85" spans="1:37" hidden="1">
+    <row r="85" spans="1:37" hidden="1" x14ac:dyDescent="0.15">
       <c r="B85" s="36"/>
       <c r="D85" s="36"/>
     </row>
-    <row r="86" spans="1:37" hidden="1">
+    <row r="86" spans="1:37" hidden="1" x14ac:dyDescent="0.15">
       <c r="B86" s="36"/>
       <c r="D86" s="36"/>
     </row>
-    <row r="87" spans="1:37" hidden="1">
+    <row r="87" spans="1:37" hidden="1" x14ac:dyDescent="0.15">
       <c r="B87" s="36"/>
       <c r="D87" s="36"/>
     </row>
-    <row r="88" spans="1:37" hidden="1">
+    <row r="88" spans="1:37" hidden="1" x14ac:dyDescent="0.15">
       <c r="B88" s="36"/>
       <c r="D88" s="36"/>
     </row>
-    <row r="89" spans="1:37" hidden="1">
+    <row r="89" spans="1:37" hidden="1" x14ac:dyDescent="0.15">
       <c r="B89" s="36"/>
       <c r="D89" s="36"/>
     </row>
-    <row r="90" spans="1:37" hidden="1">
+    <row r="90" spans="1:37" hidden="1" x14ac:dyDescent="0.15">
       <c r="B90" s="36"/>
       <c r="D90" s="36"/>
     </row>
-    <row r="91" spans="1:37" hidden="1">
+    <row r="91" spans="1:37" hidden="1" x14ac:dyDescent="0.15">
       <c r="B91" s="37"/>
       <c r="U91" s="32"/>
       <c r="V91" s="32"/>
       <c r="W91" s="32"/>
       <c r="X91" s="32"/>
       <c r="Y91" s="32"/>
       <c r="Z91" s="32"/>
       <c r="AA91" s="32"/>
       <c r="AB91" s="32"/>
       <c r="AC91" s="32"/>
       <c r="AD91" s="32"/>
       <c r="AE91" s="32"/>
       <c r="AF91" s="32"/>
       <c r="AG91" s="32"/>
     </row>
-    <row r="92" spans="1:37" s="43" customFormat="1" ht="14.25">
+    <row r="92" spans="1:37" s="43" customFormat="1" ht="14.25" x14ac:dyDescent="0.15">
       <c r="A92" s="38"/>
       <c r="B92" s="39" t="s">
         <v>47</v>
       </c>
       <c r="C92" s="39"/>
       <c r="D92" s="39"/>
       <c r="E92" s="40"/>
       <c r="F92" s="40"/>
       <c r="G92" s="71"/>
       <c r="H92" s="40"/>
       <c r="I92" s="41"/>
       <c r="J92" s="40"/>
       <c r="K92" s="40"/>
       <c r="L92" s="40"/>
       <c r="M92" s="40"/>
       <c r="N92" s="40"/>
       <c r="O92" s="40"/>
       <c r="P92" s="40"/>
       <c r="Q92" s="40"/>
       <c r="R92" s="40"/>
       <c r="S92" s="40"/>
       <c r="T92" s="40"/>
       <c r="U92" s="42"/>
       <c r="V92" s="42"/>
       <c r="W92" s="42"/>
       <c r="X92" s="42"/>
       <c r="Y92" s="42"/>
       <c r="Z92" s="42"/>
       <c r="AA92" s="42"/>
       <c r="AB92" s="42"/>
       <c r="AC92" s="42"/>
       <c r="AD92" s="42"/>
       <c r="AE92" s="42"/>
       <c r="AF92" s="42"/>
       <c r="AG92" s="42"/>
       <c r="AH92" s="2"/>
     </row>
-    <row r="93" spans="1:37" s="43" customFormat="1" ht="3" customHeight="1">
+    <row r="93" spans="1:37" s="43" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A93" s="38"/>
       <c r="B93" s="39"/>
       <c r="C93" s="29"/>
       <c r="D93" s="29"/>
       <c r="E93" s="72"/>
       <c r="F93" s="72"/>
       <c r="G93" s="72"/>
       <c r="H93" s="72"/>
       <c r="I93" s="73"/>
       <c r="J93" s="72"/>
       <c r="K93" s="72"/>
       <c r="L93" s="72"/>
       <c r="M93" s="72"/>
       <c r="N93" s="72"/>
       <c r="O93" s="72"/>
       <c r="P93" s="72"/>
       <c r="Q93" s="72"/>
       <c r="R93" s="72"/>
       <c r="S93" s="72"/>
       <c r="T93" s="72"/>
       <c r="AH93" s="2"/>
     </row>
-    <row r="94" spans="1:37" s="43" customFormat="1" ht="11.25" customHeight="1">
+    <row r="94" spans="1:37" s="43" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B94" s="74"/>
       <c r="C94" s="15"/>
       <c r="D94" s="31" t="s">
         <v>37</v>
       </c>
       <c r="E94" s="75"/>
       <c r="F94" s="75"/>
       <c r="G94" s="75"/>
       <c r="H94" s="75"/>
       <c r="I94" s="76"/>
       <c r="J94" s="75"/>
       <c r="K94" s="75"/>
       <c r="L94" s="75"/>
       <c r="M94" s="75"/>
       <c r="N94" s="75"/>
       <c r="O94" s="75"/>
       <c r="P94" s="75"/>
       <c r="Q94" s="75"/>
       <c r="R94" s="75"/>
       <c r="S94" s="75"/>
       <c r="T94" s="77"/>
       <c r="U94" s="78"/>
       <c r="V94" s="78"/>
       <c r="W94" s="78"/>
       <c r="X94" s="78"/>
       <c r="Y94" s="78"/>
       <c r="Z94" s="78"/>
       <c r="AA94" s="78"/>
       <c r="AB94" s="78"/>
       <c r="AC94" s="78"/>
       <c r="AD94" s="78"/>
       <c r="AE94" s="78"/>
       <c r="AF94" s="78"/>
       <c r="AG94" s="78"/>
       <c r="AH94" s="2"/>
     </row>
-    <row r="95" spans="1:37" ht="17.100000000000001" customHeight="1">
+    <row r="95" spans="1:37" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B95" s="44"/>
       <c r="C95" s="50"/>
-      <c r="D95" s="177" t="s">
+      <c r="D95" s="105" t="s">
         <v>46</v>
       </c>
-      <c r="E95" s="182"/>
-[...14 lines deleted...]
-      <c r="T95" s="177" t="s">
+      <c r="E95" s="110"/>
+      <c r="F95" s="110"/>
+      <c r="G95" s="110"/>
+      <c r="H95" s="110"/>
+      <c r="I95" s="106"/>
+      <c r="J95" s="114"/>
+      <c r="K95" s="115"/>
+      <c r="L95" s="115"/>
+      <c r="M95" s="115"/>
+      <c r="N95" s="115"/>
+      <c r="O95" s="115"/>
+      <c r="P95" s="115"/>
+      <c r="Q95" s="115"/>
+      <c r="R95" s="115"/>
+      <c r="S95" s="116"/>
+      <c r="T95" s="105" t="s">
         <v>44</v>
       </c>
-      <c r="U95" s="182"/>
-[...11 lines deleted...]
-      <c r="AG95" s="181"/>
+      <c r="U95" s="110"/>
+      <c r="V95" s="110"/>
+      <c r="W95" s="110"/>
+      <c r="X95" s="106"/>
+      <c r="Y95" s="107"/>
+      <c r="Z95" s="108"/>
+      <c r="AA95" s="108"/>
+      <c r="AB95" s="108"/>
+      <c r="AC95" s="108"/>
+      <c r="AD95" s="108"/>
+      <c r="AE95" s="108"/>
+      <c r="AF95" s="108"/>
+      <c r="AG95" s="109"/>
       <c r="AH95" s="35"/>
       <c r="AI95" s="34"/>
       <c r="AJ95" s="34"/>
       <c r="AK95" s="34"/>
     </row>
-    <row r="96" spans="1:37" ht="17.100000000000001" customHeight="1">
+    <row r="96" spans="1:37" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B96" s="44"/>
       <c r="C96" s="50"/>
-      <c r="D96" s="177" t="s">
+      <c r="D96" s="105" t="s">
         <v>38</v>
       </c>
-      <c r="E96" s="182"/>
-[...14 lines deleted...]
-      <c r="T96" s="177" t="s">
+      <c r="E96" s="110"/>
+      <c r="F96" s="106"/>
+      <c r="G96" s="111"/>
+      <c r="H96" s="112"/>
+      <c r="I96" s="112"/>
+      <c r="J96" s="112"/>
+      <c r="K96" s="112"/>
+      <c r="L96" s="112"/>
+      <c r="M96" s="112"/>
+      <c r="N96" s="112"/>
+      <c r="O96" s="112"/>
+      <c r="P96" s="112"/>
+      <c r="Q96" s="112"/>
+      <c r="R96" s="112"/>
+      <c r="S96" s="113"/>
+      <c r="T96" s="105" t="s">
         <v>11</v>
       </c>
-      <c r="U96" s="178"/>
-[...11 lines deleted...]
-      <c r="AG96" s="181"/>
+      <c r="U96" s="106"/>
+      <c r="V96" s="107"/>
+      <c r="W96" s="108"/>
+      <c r="X96" s="108"/>
+      <c r="Y96" s="108"/>
+      <c r="Z96" s="108"/>
+      <c r="AA96" s="108"/>
+      <c r="AB96" s="108"/>
+      <c r="AC96" s="108"/>
+      <c r="AD96" s="108"/>
+      <c r="AE96" s="108"/>
+      <c r="AF96" s="108"/>
+      <c r="AG96" s="109"/>
       <c r="AH96" s="35"/>
       <c r="AI96" s="34"/>
       <c r="AJ96" s="34"/>
       <c r="AK96" s="34"/>
     </row>
-    <row r="97" spans="2:37" ht="17.100000000000001" customHeight="1">
+    <row r="97" spans="2:37" ht="17.100000000000001" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B97" s="44"/>
       <c r="C97" s="50"/>
-      <c r="D97" s="171" t="s">
+      <c r="D97" s="99" t="s">
         <v>41</v>
       </c>
-      <c r="E97" s="172"/>
-[...14 lines deleted...]
-      <c r="T97" s="177" t="s">
+      <c r="E97" s="100"/>
+      <c r="F97" s="101"/>
+      <c r="G97" s="102"/>
+      <c r="H97" s="103"/>
+      <c r="I97" s="103"/>
+      <c r="J97" s="103"/>
+      <c r="K97" s="103"/>
+      <c r="L97" s="103"/>
+      <c r="M97" s="103"/>
+      <c r="N97" s="103"/>
+      <c r="O97" s="103"/>
+      <c r="P97" s="103"/>
+      <c r="Q97" s="103"/>
+      <c r="R97" s="103"/>
+      <c r="S97" s="104"/>
+      <c r="T97" s="105" t="s">
         <v>6</v>
       </c>
-      <c r="U97" s="178"/>
-[...11 lines deleted...]
-      <c r="AG97" s="181"/>
+      <c r="U97" s="106"/>
+      <c r="V97" s="107"/>
+      <c r="W97" s="108"/>
+      <c r="X97" s="108"/>
+      <c r="Y97" s="108"/>
+      <c r="Z97" s="108"/>
+      <c r="AA97" s="108"/>
+      <c r="AB97" s="108"/>
+      <c r="AC97" s="108"/>
+      <c r="AD97" s="108"/>
+      <c r="AE97" s="108"/>
+      <c r="AF97" s="108"/>
+      <c r="AG97" s="109"/>
       <c r="AH97" s="35"/>
       <c r="AI97" s="34"/>
       <c r="AJ97" s="34"/>
       <c r="AK97" s="34"/>
     </row>
-    <row r="98" spans="2:37" ht="21.75" customHeight="1">
+    <row r="98" spans="2:37" ht="21.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="B98" s="45"/>
       <c r="D98" s="82" t="s">
         <v>48</v>
       </c>
       <c r="E98" s="46"/>
       <c r="F98" s="46"/>
       <c r="G98" s="46"/>
       <c r="H98" s="46"/>
       <c r="I98" s="46"/>
       <c r="J98" s="46"/>
       <c r="K98" s="46"/>
       <c r="L98" s="46"/>
       <c r="M98" s="46"/>
       <c r="N98" s="46"/>
       <c r="O98" s="46"/>
       <c r="P98" s="46"/>
       <c r="Q98" s="46"/>
       <c r="R98" s="46"/>
       <c r="S98" s="46"/>
       <c r="T98" s="46"/>
       <c r="U98" s="46"/>
       <c r="V98" s="47"/>
       <c r="W98" s="47"/>
       <c r="X98" s="47"/>
       <c r="Y98" s="47"/>
       <c r="Z98" s="47"/>
       <c r="AA98" s="47"/>
       <c r="AB98" s="47"/>
       <c r="AC98" s="47"/>
       <c r="AD98" s="47"/>
       <c r="AE98" s="47"/>
       <c r="AF98" s="48"/>
       <c r="AG98" s="83" t="s">
         <v>58</v>
       </c>
     </row>
-    <row r="99" spans="2:37" s="70" customFormat="1" ht="21.75" customHeight="1"/>
-[...6 lines deleted...]
-    <row r="106" spans="2:37" s="70" customFormat="1">
+    <row r="99" spans="2:37" s="70" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="100" spans="2:37" s="70" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="101" spans="2:37" s="70" customFormat="1" ht="4.5" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="102" spans="2:37" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="103" spans="2:37" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="104" spans="2:37" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="105" spans="2:37" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="106" spans="2:37" s="70" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B106" s="70" t="s">
         <v>35</v>
       </c>
       <c r="G106" s="70" t="s">
         <v>36</v>
       </c>
-      <c r="O106" s="163" t="b">
+      <c r="O106" s="117" t="b">
         <v>0</v>
       </c>
-      <c r="P106" s="163"/>
-[...3 lines deleted...]
-    <row r="109" spans="2:37" s="70" customFormat="1">
+      <c r="P106" s="117"/>
+    </row>
+    <row r="107" spans="2:37" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="108" spans="2:37" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="109" spans="2:37" s="70" customFormat="1" x14ac:dyDescent="0.15">
       <c r="B109" s="80" t="s">
         <v>9</v>
       </c>
       <c r="C109" s="80"/>
       <c r="D109" s="80"/>
       <c r="E109" s="80"/>
       <c r="F109" s="80"/>
       <c r="G109" s="80" t="s">
         <v>12</v>
       </c>
       <c r="H109" s="80"/>
       <c r="I109" s="80"/>
       <c r="J109" s="80"/>
       <c r="K109" s="80"/>
       <c r="L109" s="80"/>
-      <c r="M109" s="163" t="b">
+      <c r="M109" s="117" t="b">
         <v>0</v>
       </c>
-      <c r="N109" s="163"/>
-[...2 lines deleted...]
-      <c r="Q109" s="163"/>
+      <c r="N109" s="117"/>
+      <c r="O109" s="117"/>
+      <c r="P109" s="117"/>
+      <c r="Q109" s="117"/>
       <c r="R109" s="80"/>
       <c r="S109" s="80"/>
     </row>
-    <row r="110" spans="2:37" s="70" customFormat="1"/>
-[...6 lines deleted...]
-    <row r="117" spans="33:33" s="70" customFormat="1">
+    <row r="110" spans="2:37" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="111" spans="2:37" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="112" spans="2:37" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="113" spans="33:33" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="114" spans="33:33" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="115" spans="33:33" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="116" spans="33:33" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="117" spans="33:33" s="70" customFormat="1" x14ac:dyDescent="0.15">
       <c r="AG117" s="81" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="118" spans="33:33" s="70" customFormat="1"/>
-[...10 lines deleted...]
-    <row r="131" spans="33:33" s="68" customFormat="1">
+    <row r="118" spans="33:33" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="119" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="121" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="122" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="124" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="125" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="126" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="127" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="128" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="129" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="130" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="131" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15">
       <c r="AG131" s="69"/>
     </row>
-    <row r="132" spans="33:33" s="70" customFormat="1"/>
-[...8 lines deleted...]
-    <row r="152" spans="33:33">
+    <row r="132" spans="33:33" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="133" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="134" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="135" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="136" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="137" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="138" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="139" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="140" spans="33:33" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="152" spans="33:33" x14ac:dyDescent="0.15">
       <c r="AG152" s="63" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="O11+9GiwQqprian8U7cgh0sfvWpwlmtWAbF3fY5ZZdRzvhbFI2AhCPqGwbJNMqGKbKs+3HJhWCYAshiltLMOUQ==" saltValue="FUFF6WGQvd+dDHWzDNIppw==" spinCount="100000" sheet="1" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="+S93Z4emzdTe0dJJSp9bdN29lMg5aw1D6HDYWHp13RyqTUKXbFs4F8F18ntoUMligdwhhERAjN75bZjusi9T4A==" saltValue="Oj0UbyBScD216mcqA/CTFQ==" spinCount="100000" sheet="1" selectLockedCells="1"/>
   <protectedRanges>
-    <protectedRange sqref="E62:AG71" name="範囲11"/>
+    <protectedRange sqref="N98:U98" name="範囲1_1"/>
+    <protectedRange sqref="Y11:AG11 W13:AG13 H11:H12 G13 W12 W10:AG10 G10:S10" name="範囲1_3_1"/>
+    <protectedRange sqref="Y20:AG20 W22:AG22 H20:H21 G22 W21 W19:AG19 G19:S19" name="範囲1_3_2"/>
+    <protectedRange sqref="Y38:AG38 W40:AG40 H38:H39 G40 W39 W37:AG37 G37:S37" name="範囲1_3_3"/>
+    <protectedRange sqref="E65:E74 T65:T74 M65:M74" name="範囲1_3"/>
+    <protectedRange sqref="Y28:AG28 W30:AG30 H28:H29 G30 W29 W27:AG27 G27:S27 G31:Q31" name="範囲1_3_4"/>
+    <protectedRange sqref="G96 V96:V97" name="範囲2_1_1_1_1"/>
+    <protectedRange sqref="X95" name="範囲2_1_2_1"/>
+    <protectedRange sqref="G97" name="範囲2_1_1"/>
     <protectedRange sqref="J95" name="範囲2"/>
-    <protectedRange sqref="G97" name="範囲2_1_1"/>
-[...7 lines deleted...]
-    <protectedRange sqref="N98:U98" name="範囲1_1"/>
+    <protectedRange sqref="G14:Q14" name="範囲1_3_2_1"/>
+    <protectedRange sqref="G23:Q23" name="範囲1_3_2_2"/>
+    <protectedRange sqref="G41:Q41" name="範囲1_3_2_3"/>
   </protectedRanges>
-  <mergeCells count="159">
-[...39 lines deleted...]
-    <mergeCell ref="T20:V20"/>
+  <mergeCells count="162">
+    <mergeCell ref="W73:X73"/>
+    <mergeCell ref="AA73:AG73"/>
+    <mergeCell ref="W74:X74"/>
+    <mergeCell ref="AA74:AG74"/>
+    <mergeCell ref="AA68:AG68"/>
+    <mergeCell ref="W69:X69"/>
+    <mergeCell ref="AA69:AG69"/>
+    <mergeCell ref="W70:X70"/>
+    <mergeCell ref="AA70:AG70"/>
+    <mergeCell ref="W71:X71"/>
+    <mergeCell ref="AA71:AG71"/>
+    <mergeCell ref="W72:X72"/>
+    <mergeCell ref="AA72:AG72"/>
+    <mergeCell ref="Y73:Z73"/>
+    <mergeCell ref="Y74:Z74"/>
+    <mergeCell ref="Y68:Z68"/>
+    <mergeCell ref="Y69:Z69"/>
+    <mergeCell ref="Y70:Z70"/>
+    <mergeCell ref="Y71:Z71"/>
+    <mergeCell ref="Y72:Z72"/>
+    <mergeCell ref="W68:X68"/>
+    <mergeCell ref="O73:V73"/>
+    <mergeCell ref="O74:V74"/>
+    <mergeCell ref="E72:L72"/>
+    <mergeCell ref="E71:L71"/>
+    <mergeCell ref="E70:L70"/>
+    <mergeCell ref="E69:L69"/>
+    <mergeCell ref="E68:L68"/>
+    <mergeCell ref="M73:N73"/>
+    <mergeCell ref="M74:N74"/>
+    <mergeCell ref="O68:V68"/>
+    <mergeCell ref="O69:V69"/>
+    <mergeCell ref="O70:V70"/>
+    <mergeCell ref="O71:V71"/>
+    <mergeCell ref="O72:V72"/>
+    <mergeCell ref="M72:N72"/>
+    <mergeCell ref="M68:N68"/>
+    <mergeCell ref="M69:N69"/>
+    <mergeCell ref="M70:N70"/>
+    <mergeCell ref="M71:N71"/>
+    <mergeCell ref="E74:L74"/>
+    <mergeCell ref="E73:L73"/>
+    <mergeCell ref="Y67:Z67"/>
+    <mergeCell ref="E66:L66"/>
+    <mergeCell ref="Y66:Z66"/>
+    <mergeCell ref="W65:X65"/>
+    <mergeCell ref="AA65:AG65"/>
+    <mergeCell ref="W66:X66"/>
+    <mergeCell ref="AA66:AG66"/>
+    <mergeCell ref="W67:X67"/>
+    <mergeCell ref="AA67:AG67"/>
+    <mergeCell ref="O65:V65"/>
+    <mergeCell ref="O66:V66"/>
+    <mergeCell ref="O67:V67"/>
+    <mergeCell ref="M65:N65"/>
+    <mergeCell ref="M66:N66"/>
+    <mergeCell ref="M67:N67"/>
+    <mergeCell ref="E67:L67"/>
+    <mergeCell ref="AA64:AG64"/>
+    <mergeCell ref="AA63:AG63"/>
+    <mergeCell ref="E64:L64"/>
+    <mergeCell ref="E63:Z63"/>
+    <mergeCell ref="Y64:Z64"/>
+    <mergeCell ref="W27:AG27"/>
+    <mergeCell ref="O64:V64"/>
+    <mergeCell ref="W64:X64"/>
+    <mergeCell ref="M64:N64"/>
+    <mergeCell ref="G12:S12"/>
+    <mergeCell ref="T12:V13"/>
+    <mergeCell ref="W12:AG13"/>
+    <mergeCell ref="G13:H13"/>
+    <mergeCell ref="I13:S13"/>
+    <mergeCell ref="D23:F23"/>
+    <mergeCell ref="D37:F37"/>
+    <mergeCell ref="G37:S37"/>
+    <mergeCell ref="T37:V37"/>
+    <mergeCell ref="W37:AG37"/>
+    <mergeCell ref="D28:F30"/>
+    <mergeCell ref="G28:H28"/>
+    <mergeCell ref="I28:K28"/>
+    <mergeCell ref="L28:S28"/>
+    <mergeCell ref="T28:V28"/>
+    <mergeCell ref="W28:AG28"/>
+    <mergeCell ref="G29:S29"/>
+    <mergeCell ref="T29:V30"/>
+    <mergeCell ref="W29:AG30"/>
+    <mergeCell ref="G30:H30"/>
+    <mergeCell ref="I30:S30"/>
+    <mergeCell ref="D31:F31"/>
+    <mergeCell ref="G31:AG31"/>
     <mergeCell ref="B9:B43"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="G10:S10"/>
     <mergeCell ref="T10:V10"/>
     <mergeCell ref="T27:V27"/>
     <mergeCell ref="D41:F41"/>
-    <mergeCell ref="G41:AG41"/>
     <mergeCell ref="W38:AG38"/>
     <mergeCell ref="G39:S39"/>
     <mergeCell ref="T39:V40"/>
     <mergeCell ref="W39:AG40"/>
     <mergeCell ref="G40:H40"/>
     <mergeCell ref="I40:S40"/>
     <mergeCell ref="D38:F40"/>
     <mergeCell ref="G38:H38"/>
     <mergeCell ref="I38:K38"/>
     <mergeCell ref="L38:S38"/>
     <mergeCell ref="T38:V38"/>
     <mergeCell ref="W10:AG10"/>
     <mergeCell ref="D11:F13"/>
     <mergeCell ref="G11:H11"/>
     <mergeCell ref="I11:K11"/>
     <mergeCell ref="L11:S11"/>
     <mergeCell ref="T11:V11"/>
     <mergeCell ref="W11:AG11"/>
-    <mergeCell ref="G12:S12"/>
-[...51 lines deleted...]
-    <mergeCell ref="E66:L66"/>
+    <mergeCell ref="M109:Q109"/>
+    <mergeCell ref="O106:P106"/>
+    <mergeCell ref="Y1:AB1"/>
+    <mergeCell ref="B3:AF3"/>
+    <mergeCell ref="B7:S7"/>
+    <mergeCell ref="T7:AG7"/>
+    <mergeCell ref="F5:AG5"/>
+    <mergeCell ref="B4:AG4"/>
+    <mergeCell ref="D26:N26"/>
+    <mergeCell ref="D27:F27"/>
+    <mergeCell ref="G27:S27"/>
+    <mergeCell ref="D14:F14"/>
+    <mergeCell ref="D19:F19"/>
+    <mergeCell ref="G19:S19"/>
+    <mergeCell ref="T19:V19"/>
+    <mergeCell ref="W19:AG19"/>
+    <mergeCell ref="W20:AG20"/>
+    <mergeCell ref="G21:S21"/>
+    <mergeCell ref="T21:V22"/>
+    <mergeCell ref="W21:AG22"/>
+    <mergeCell ref="G22:H22"/>
+    <mergeCell ref="I22:S22"/>
+    <mergeCell ref="D20:F22"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="G14:X14"/>
+    <mergeCell ref="Y14:AG14"/>
+    <mergeCell ref="G23:X23"/>
+    <mergeCell ref="Y23:AG23"/>
+    <mergeCell ref="G41:X41"/>
+    <mergeCell ref="Y41:AG41"/>
+    <mergeCell ref="D97:F97"/>
+    <mergeCell ref="G97:S97"/>
+    <mergeCell ref="T97:U97"/>
+    <mergeCell ref="V97:AG97"/>
+    <mergeCell ref="D96:F96"/>
+    <mergeCell ref="G96:S96"/>
+    <mergeCell ref="D95:I95"/>
+    <mergeCell ref="J95:S95"/>
+    <mergeCell ref="T95:X95"/>
+    <mergeCell ref="Y95:AG95"/>
+    <mergeCell ref="T96:U96"/>
+    <mergeCell ref="V96:AG96"/>
+    <mergeCell ref="I20:K20"/>
+    <mergeCell ref="L20:S20"/>
+    <mergeCell ref="T20:V20"/>
+    <mergeCell ref="D63:D64"/>
     <mergeCell ref="E65:L65"/>
-    <mergeCell ref="M70:N70"/>
-[...32 lines deleted...]
-    <mergeCell ref="Y71:Z71"/>
     <mergeCell ref="Y65:Z65"/>
-    <mergeCell ref="Y66:Z66"/>
-[...3 lines deleted...]
-    <mergeCell ref="W65:X65"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <dataValidations count="7">
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="入力可能バイト超過" error="70バイト以内で入力してください_x000a_" sqref="G19:S19 G10:S10 G37:S37 G27:S27" xr:uid="{71FECE87-3447-4BAF-9C17-33DDF493F91B}">
       <formula1>LENB(G10)&lt;=70</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="入力可能バイト超過" error="40バイト以内で入力してください" sqref="W19:AG19 W21:AG22 W10:AG10 W12:AG13 I13:S13 I22:S22 W37:AG37 W39:AG40 I40:S40 W27:AG27 W29:AG30 I30:S30" xr:uid="{66988C18-9DDE-4747-93F3-8FEB52276907}">
       <formula1>LENB(I10)&lt;=40</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="入力可能バイト超過" error="60バイト以内で入力してください" sqref="G21:S21 G12:S12 G39:S39 G29:S29" xr:uid="{4483F33B-C429-4119-A45F-52E2963212EF}">
       <formula1>LENB(G12)&lt;=60</formula1>
     </dataValidation>
-    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="入力可能バイト超過" error="100バイト以内で入力してください" sqref="G41:AG41 G23:AG23 G14:AG14 G31:AG31" xr:uid="{B6B45B96-2288-4DEC-9633-CDB0687C9642}">
+    <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="入力可能バイト超過" error="100バイト以内で入力してください" sqref="G23 G14 G31:AG31 G41" xr:uid="{B6B45B96-2288-4DEC-9633-CDB0687C9642}">
       <formula1>LENB(G14)&lt;=100</formula1>
     </dataValidation>
     <dataValidation type="custom" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I20:K20 I11:K11 I28:K28 I38:K38" xr:uid="{A530FA84-2B29-45F7-BCD4-523555452843}">
       <formula1>LENB(I11)&lt;=7</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Y62:Y71" xr:uid="{DA5277B5-A418-466A-895E-34737FEB2211}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Y65:Y74" xr:uid="{22D0D540-6D17-4BA8-976C-8A762ECB09CF}">
       <formula1>"AES移行,不要"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M62:N71" xr:uid="{7ACCD57F-C578-4C1C-997B-31EBACD7CC92}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="M65:N74" xr:uid="{3A4FF232-5DB8-4940-A40B-8246E15575C4}">
       <formula1>"VUP,LUP,GUP,RUP,変更"</formula1>
     </dataValidation>
   </dataValidations>
+  <hyperlinks>
+    <hyperlink ref="V46" location="'DataSpider Ver.5へのバージョンアップ'!A1" display="⇒【DataSpider Ver.5へのバージョンアップ】" xr:uid="{981B96AF-F9BB-4CDA-BC2C-392F7E4C56C9}"/>
+  </hyperlinks>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="3.937007874015748E-2" right="3.937007874015748E-2" top="7.874015748031496E-2" bottom="0" header="0.23622047244094491" footer="0"/>
-  <pageSetup paperSize="9" scale="84" orientation="portrait" cellComments="asDisplayed" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="82" orientation="portrait" cellComments="asDisplayed" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;R　　　　　　　　</oddHeader>
     <oddFooter xml:space="preserve">&amp;R
 </oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="98" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x14">
       <controls>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2827" r:id="rId4" name="Check Box 779">
               <controlPr locked="0" defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>4</xdr:col>
                     <xdr:colOff>28575</xdr:colOff>
                     <xdr:row>4</xdr:row>
                     <xdr:rowOff>0</xdr:rowOff>
                   </from>
                   <to>
@@ -6402,93 +7085,3400 @@
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
             <control shapeId="2829" r:id="rId5" name="チェック 53">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>20</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>15</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
         <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
           <mc:Choice Requires="x14">
-            <control shapeId="3009" r:id="rId6" name="チェック 53">
+            <control shapeId="3009" r:id="rId6" name="Check Box 961">
               <controlPr defaultSize="0" autoFill="0" autoLine="0" autoPict="0">
                 <anchor moveWithCells="1">
                   <from>
                     <xdr:col>20</xdr:col>
                     <xdr:colOff>38100</xdr:colOff>
                     <xdr:row>15</xdr:row>
                     <xdr:rowOff>28575</xdr:rowOff>
                   </from>
                   <to>
                     <xdr:col>21</xdr:col>
                     <xdr:colOff>66675</xdr:colOff>
                     <xdr:row>17</xdr:row>
                     <xdr:rowOff>19050</xdr:rowOff>
                   </to>
                 </anchor>
               </controlPr>
             </control>
           </mc:Choice>
         </mc:AlternateContent>
       </controls>
     </mc:Choice>
   </mc:AlternateContent>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{078C9048-43B9-4DD4-9B13-B2A2CB347506}">
+  <sheetPr>
+    <pageSetUpPr fitToPage="1"/>
+  </sheetPr>
+  <dimension ref="B1:AI129"/>
+  <sheetViews>
+    <sheetView showGridLines="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="3.125" defaultRowHeight="12" x14ac:dyDescent="0.15"/>
+  <cols>
+    <col min="1" max="1" width="0.875" style="2" customWidth="1"/>
+    <col min="2" max="2" width="2.625" style="2" customWidth="1"/>
+    <col min="3" max="3" width="0.5" style="2" customWidth="1"/>
+    <col min="4" max="4" width="3.5" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="6" width="3.125" style="2"/>
+    <col min="7" max="8" width="3.125" style="2" customWidth="1"/>
+    <col min="9" max="9" width="4.125" style="2" customWidth="1"/>
+    <col min="10" max="10" width="2.5" style="2" customWidth="1"/>
+    <col min="11" max="12" width="3.125" style="2" customWidth="1"/>
+    <col min="13" max="13" width="6.25" style="2" customWidth="1"/>
+    <col min="14" max="15" width="3.125" style="2"/>
+    <col min="16" max="16" width="3.125" style="2" customWidth="1"/>
+    <col min="17" max="34" width="3.125" style="2"/>
+    <col min="35" max="35" width="8.375" style="2" customWidth="1"/>
+    <col min="36" max="16384" width="3.125" style="2"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="2:35" ht="6" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="2" spans="2:35" ht="18.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B2" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+      <c r="G2" s="3"/>
+      <c r="H2" s="3"/>
+      <c r="I2" s="4"/>
+      <c r="J2" s="3"/>
+      <c r="K2" s="3"/>
+      <c r="L2" s="3"/>
+      <c r="M2" s="3"/>
+      <c r="N2" s="3"/>
+      <c r="O2" s="3"/>
+      <c r="P2" s="3"/>
+      <c r="Q2" s="3"/>
+      <c r="R2" s="3"/>
+      <c r="S2" s="3"/>
+      <c r="T2" s="3"/>
+      <c r="U2" s="3"/>
+      <c r="V2" s="3"/>
+      <c r="W2" s="3"/>
+      <c r="X2" s="3"/>
+      <c r="Y2" s="5"/>
+      <c r="Z2" s="6"/>
+      <c r="AA2" s="203"/>
+      <c r="AB2" s="203"/>
+      <c r="AC2" s="203"/>
+      <c r="AD2" s="203"/>
+      <c r="AE2" s="6"/>
+      <c r="AF2" s="89"/>
+      <c r="AG2" s="89"/>
+      <c r="AH2" s="89"/>
+      <c r="AI2" s="6"/>
+    </row>
+    <row r="3" spans="2:35" ht="3" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="4" spans="2:35" ht="115.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B4" s="200" t="s">
+        <v>77</v>
+      </c>
+      <c r="C4" s="200"/>
+      <c r="D4" s="200"/>
+      <c r="E4" s="200"/>
+      <c r="F4" s="200"/>
+      <c r="G4" s="200"/>
+      <c r="H4" s="200"/>
+      <c r="I4" s="200"/>
+      <c r="J4" s="200"/>
+      <c r="K4" s="200"/>
+      <c r="L4" s="200"/>
+      <c r="M4" s="200"/>
+      <c r="N4" s="200"/>
+      <c r="O4" s="200"/>
+      <c r="P4" s="200"/>
+      <c r="Q4" s="200"/>
+      <c r="R4" s="200"/>
+      <c r="S4" s="200"/>
+      <c r="T4" s="200"/>
+      <c r="U4" s="200"/>
+      <c r="V4" s="200"/>
+      <c r="W4" s="200"/>
+      <c r="X4" s="200"/>
+      <c r="Y4" s="200"/>
+      <c r="Z4" s="200"/>
+      <c r="AA4" s="200"/>
+      <c r="AB4" s="200"/>
+      <c r="AC4" s="200"/>
+      <c r="AD4" s="200"/>
+      <c r="AE4" s="200"/>
+      <c r="AF4" s="200"/>
+      <c r="AG4" s="57"/>
+      <c r="AH4" s="57"/>
+      <c r="AI4" s="50"/>
+    </row>
+    <row r="5" spans="2:35" ht="2.25" customHeight="1" x14ac:dyDescent="0.15"/>
+    <row r="6" spans="2:35" x14ac:dyDescent="0.15">
+      <c r="B6" s="26"/>
+      <c r="C6" s="27"/>
+      <c r="D6" s="26"/>
+      <c r="E6" s="28"/>
+      <c r="F6" s="28"/>
+      <c r="G6" s="28"/>
+      <c r="H6" s="28"/>
+      <c r="I6" s="28"/>
+      <c r="J6" s="28"/>
+      <c r="K6" s="28"/>
+      <c r="L6" s="28"/>
+      <c r="M6" s="28"/>
+      <c r="N6" s="28"/>
+      <c r="O6" s="28"/>
+      <c r="P6" s="28"/>
+      <c r="Q6" s="28"/>
+      <c r="R6" s="28"/>
+      <c r="S6" s="28"/>
+      <c r="T6" s="28"/>
+      <c r="U6" s="28"/>
+      <c r="V6" s="28"/>
+      <c r="W6" s="28"/>
+      <c r="X6" s="28"/>
+      <c r="Y6" s="28"/>
+      <c r="Z6" s="28"/>
+      <c r="AA6" s="28"/>
+      <c r="AB6" s="28"/>
+      <c r="AC6" s="28"/>
+      <c r="AD6" s="28"/>
+      <c r="AE6" s="28"/>
+      <c r="AF6" s="28"/>
+      <c r="AG6" s="28"/>
+      <c r="AH6" s="28"/>
+      <c r="AI6" s="28"/>
+    </row>
+    <row r="7" spans="2:35" ht="5.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B7" s="26"/>
+      <c r="AB7" s="35"/>
+      <c r="AC7" s="35"/>
+      <c r="AD7" s="35"/>
+      <c r="AE7" s="35"/>
+      <c r="AF7" s="35"/>
+      <c r="AG7" s="35"/>
+      <c r="AH7" s="35"/>
+      <c r="AI7" s="30"/>
+    </row>
+    <row r="8" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="B8" s="28"/>
+      <c r="D8" s="87" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" s="88"/>
+      <c r="F8" s="35"/>
+      <c r="G8" s="32"/>
+      <c r="H8" s="32"/>
+      <c r="I8" s="32"/>
+      <c r="J8" s="57"/>
+      <c r="K8" s="57"/>
+      <c r="L8" s="57"/>
+      <c r="M8" s="57"/>
+      <c r="N8" s="57"/>
+      <c r="O8" s="57"/>
+      <c r="P8" s="57"/>
+      <c r="Q8" s="57"/>
+      <c r="R8" s="57"/>
+      <c r="S8" s="57"/>
+      <c r="T8" s="57"/>
+      <c r="U8" s="57"/>
+      <c r="V8" s="35"/>
+      <c r="W8" s="58"/>
+      <c r="X8" s="32"/>
+      <c r="Y8" s="32"/>
+      <c r="Z8" s="32"/>
+      <c r="AA8" s="32"/>
+      <c r="AB8" s="32"/>
+      <c r="AC8" s="57"/>
+      <c r="AD8" s="57"/>
+      <c r="AE8" s="57"/>
+      <c r="AF8" s="59"/>
+      <c r="AG8" s="59"/>
+      <c r="AH8" s="59"/>
+    </row>
+    <row r="9" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="B9" s="28"/>
+      <c r="E9" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" s="88"/>
+      <c r="G9" s="88"/>
+      <c r="H9" s="88"/>
+      <c r="I9" s="88"/>
+      <c r="J9" s="88"/>
+      <c r="K9" s="88"/>
+      <c r="L9" s="88"/>
+      <c r="M9" s="88"/>
+      <c r="N9" s="88"/>
+      <c r="O9" s="88"/>
+      <c r="P9" s="88"/>
+      <c r="Q9" s="88"/>
+      <c r="R9" s="57"/>
+      <c r="S9" s="57"/>
+      <c r="T9" s="57"/>
+      <c r="U9" s="57"/>
+      <c r="V9" s="35"/>
+      <c r="W9" s="58"/>
+      <c r="X9" s="32"/>
+      <c r="Y9" s="32"/>
+      <c r="Z9" s="32"/>
+      <c r="AA9" s="32"/>
+      <c r="AB9" s="32"/>
+      <c r="AC9" s="57"/>
+      <c r="AD9" s="57"/>
+      <c r="AE9" s="57"/>
+      <c r="AF9" s="59"/>
+      <c r="AG9" s="59"/>
+      <c r="AH9" s="59"/>
+    </row>
+    <row r="10" spans="2:35" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B10" s="28"/>
+      <c r="F10" s="88"/>
+      <c r="G10" s="88"/>
+      <c r="H10" s="88"/>
+      <c r="I10" s="88"/>
+      <c r="J10" s="88"/>
+      <c r="K10" s="88"/>
+      <c r="L10" s="88"/>
+      <c r="M10" s="88"/>
+      <c r="N10" s="88"/>
+      <c r="O10" s="88"/>
+      <c r="P10" s="88"/>
+      <c r="Q10" s="88"/>
+      <c r="R10" s="57"/>
+      <c r="S10" s="57"/>
+      <c r="T10" s="57"/>
+      <c r="U10" s="57"/>
+      <c r="V10" s="35"/>
+      <c r="W10" s="58"/>
+      <c r="X10" s="32"/>
+      <c r="Y10" s="32"/>
+      <c r="Z10" s="32"/>
+      <c r="AA10" s="32"/>
+      <c r="AB10" s="32"/>
+      <c r="AC10" s="57"/>
+      <c r="AD10" s="57"/>
+      <c r="AE10" s="57"/>
+      <c r="AF10" s="59"/>
+      <c r="AG10" s="59"/>
+      <c r="AH10" s="59"/>
+    </row>
+    <row r="11" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="B11" s="28"/>
+      <c r="D11" s="87" t="s">
+        <v>86</v>
+      </c>
+      <c r="E11" s="88"/>
+      <c r="F11" s="35"/>
+      <c r="G11" s="32"/>
+      <c r="H11" s="32"/>
+      <c r="I11" s="32"/>
+      <c r="J11" s="57"/>
+      <c r="K11" s="57"/>
+      <c r="L11" s="57"/>
+      <c r="M11" s="57"/>
+      <c r="N11" s="57"/>
+      <c r="O11" s="57"/>
+      <c r="P11" s="57"/>
+      <c r="Q11" s="57"/>
+      <c r="R11" s="57"/>
+      <c r="S11" s="57"/>
+      <c r="T11" s="57"/>
+      <c r="U11" s="57"/>
+      <c r="V11" s="35"/>
+      <c r="W11" s="58"/>
+      <c r="X11" s="32"/>
+      <c r="Y11" s="32"/>
+      <c r="Z11" s="32"/>
+      <c r="AA11" s="32"/>
+      <c r="AB11" s="32"/>
+      <c r="AC11" s="57"/>
+      <c r="AD11" s="57"/>
+      <c r="AE11" s="57"/>
+      <c r="AF11" s="59"/>
+      <c r="AG11" s="59"/>
+      <c r="AH11" s="59"/>
+    </row>
+    <row r="12" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="B12" s="28"/>
+      <c r="D12" s="87"/>
+      <c r="E12" s="84" t="s">
+        <v>84</v>
+      </c>
+      <c r="F12" s="35"/>
+      <c r="G12" s="32"/>
+      <c r="H12" s="32"/>
+      <c r="I12" s="32"/>
+      <c r="J12" s="57"/>
+      <c r="K12" s="57"/>
+      <c r="L12" s="57"/>
+      <c r="M12" s="57"/>
+      <c r="N12" s="57"/>
+      <c r="O12" s="57"/>
+      <c r="P12" s="57"/>
+      <c r="Q12" s="57"/>
+      <c r="R12" s="57"/>
+      <c r="S12" s="57"/>
+      <c r="T12" s="57"/>
+      <c r="U12" s="57"/>
+      <c r="V12" s="35"/>
+      <c r="W12" s="58"/>
+      <c r="X12" s="32"/>
+      <c r="Y12" s="32"/>
+      <c r="Z12" s="32"/>
+      <c r="AA12" s="32"/>
+      <c r="AB12" s="32"/>
+      <c r="AC12" s="57"/>
+      <c r="AD12" s="57"/>
+      <c r="AE12" s="57"/>
+      <c r="AF12" s="59"/>
+      <c r="AG12" s="59"/>
+      <c r="AH12" s="59"/>
+    </row>
+    <row r="13" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="B13" s="28"/>
+      <c r="D13" s="87"/>
+      <c r="E13" s="84" t="s">
+        <v>87</v>
+      </c>
+      <c r="F13" s="35"/>
+      <c r="G13" s="32"/>
+      <c r="H13" s="32"/>
+      <c r="I13" s="32"/>
+      <c r="J13" s="57"/>
+      <c r="K13" s="57"/>
+      <c r="L13" s="57"/>
+      <c r="M13" s="57"/>
+      <c r="N13" s="57"/>
+      <c r="O13" s="57"/>
+      <c r="P13" s="57"/>
+      <c r="Q13" s="57"/>
+      <c r="R13" s="57"/>
+      <c r="S13" s="57"/>
+      <c r="T13" s="57"/>
+      <c r="U13" s="57"/>
+      <c r="V13" s="35"/>
+      <c r="W13" s="58"/>
+      <c r="X13" s="32"/>
+      <c r="Y13" s="32"/>
+      <c r="Z13" s="32"/>
+      <c r="AA13" s="32"/>
+      <c r="AB13" s="32"/>
+      <c r="AC13" s="57"/>
+      <c r="AD13" s="57"/>
+      <c r="AE13" s="57"/>
+      <c r="AF13" s="59"/>
+      <c r="AG13" s="59"/>
+      <c r="AH13" s="59"/>
+    </row>
+    <row r="14" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="B14" s="28"/>
+      <c r="E14" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" s="88"/>
+      <c r="G14" s="88"/>
+      <c r="H14" s="88"/>
+      <c r="I14" s="88"/>
+      <c r="J14" s="88"/>
+      <c r="K14" s="88"/>
+      <c r="L14" s="88"/>
+      <c r="M14" s="88"/>
+      <c r="N14" s="88"/>
+      <c r="O14" s="88"/>
+      <c r="P14" s="88"/>
+      <c r="Q14" s="88"/>
+      <c r="R14" s="57"/>
+      <c r="S14" s="57"/>
+      <c r="T14" s="57"/>
+      <c r="U14" s="57"/>
+      <c r="V14" s="35"/>
+      <c r="W14" s="58"/>
+      <c r="X14" s="32"/>
+      <c r="Y14" s="32"/>
+      <c r="Z14" s="32"/>
+      <c r="AA14" s="32"/>
+      <c r="AB14" s="32"/>
+      <c r="AC14" s="57"/>
+      <c r="AD14" s="57"/>
+      <c r="AE14" s="57"/>
+      <c r="AF14" s="59"/>
+      <c r="AG14" s="59"/>
+      <c r="AH14" s="59"/>
+    </row>
+    <row r="15" spans="2:35" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B15" s="28"/>
+      <c r="F15" s="88"/>
+      <c r="G15" s="88"/>
+      <c r="H15" s="88"/>
+      <c r="I15" s="88"/>
+      <c r="J15" s="88"/>
+      <c r="K15" s="88"/>
+      <c r="L15" s="88"/>
+      <c r="M15" s="88"/>
+      <c r="N15" s="88"/>
+      <c r="O15" s="88"/>
+      <c r="P15" s="88"/>
+      <c r="Q15" s="88"/>
+      <c r="R15" s="57"/>
+      <c r="S15" s="57"/>
+      <c r="T15" s="57"/>
+      <c r="U15" s="57"/>
+      <c r="V15" s="35"/>
+      <c r="W15" s="58"/>
+      <c r="X15" s="32"/>
+      <c r="Y15" s="32"/>
+      <c r="Z15" s="32"/>
+      <c r="AA15" s="32"/>
+      <c r="AB15" s="32"/>
+      <c r="AC15" s="57"/>
+      <c r="AD15" s="57"/>
+      <c r="AE15" s="57"/>
+      <c r="AF15" s="59"/>
+      <c r="AG15" s="59"/>
+      <c r="AH15" s="59"/>
+    </row>
+    <row r="16" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="B16" s="28"/>
+      <c r="D16" s="87" t="s">
+        <v>83</v>
+      </c>
+      <c r="E16" s="88"/>
+      <c r="F16" s="35"/>
+      <c r="G16" s="32"/>
+      <c r="H16" s="32"/>
+      <c r="I16" s="32"/>
+      <c r="J16" s="57"/>
+      <c r="K16" s="57"/>
+      <c r="L16" s="57"/>
+      <c r="M16" s="57"/>
+      <c r="N16" s="57"/>
+      <c r="O16" s="57"/>
+      <c r="P16" s="57"/>
+      <c r="Q16" s="57"/>
+      <c r="R16" s="57"/>
+      <c r="S16" s="57"/>
+      <c r="T16" s="57"/>
+      <c r="U16" s="57"/>
+      <c r="V16" s="35"/>
+      <c r="W16" s="58"/>
+      <c r="X16" s="32"/>
+      <c r="Y16" s="32"/>
+      <c r="Z16" s="32"/>
+      <c r="AA16" s="32"/>
+      <c r="AB16" s="32"/>
+      <c r="AC16" s="57"/>
+      <c r="AD16" s="57"/>
+      <c r="AE16" s="57"/>
+      <c r="AF16" s="59"/>
+      <c r="AG16" s="59"/>
+      <c r="AH16" s="59"/>
+    </row>
+    <row r="17" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="B17" s="28"/>
+      <c r="E17" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F17" s="88"/>
+      <c r="G17" s="88"/>
+      <c r="H17" s="88"/>
+      <c r="I17" s="88"/>
+      <c r="J17" s="88"/>
+      <c r="K17" s="88"/>
+      <c r="L17" s="88"/>
+      <c r="M17" s="88"/>
+      <c r="N17" s="88"/>
+      <c r="O17" s="88"/>
+      <c r="P17" s="88"/>
+      <c r="Q17" s="88"/>
+      <c r="R17" s="57"/>
+      <c r="S17" s="57"/>
+      <c r="T17" s="57"/>
+      <c r="U17" s="57"/>
+      <c r="V17" s="35"/>
+      <c r="W17" s="58"/>
+      <c r="X17" s="32"/>
+      <c r="Y17" s="32"/>
+      <c r="Z17" s="32"/>
+      <c r="AA17" s="32"/>
+      <c r="AB17" s="32"/>
+      <c r="AC17" s="57"/>
+      <c r="AD17" s="57"/>
+      <c r="AE17" s="57"/>
+      <c r="AF17" s="59"/>
+      <c r="AG17" s="59"/>
+      <c r="AH17" s="59"/>
+    </row>
+    <row r="18" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="B18" s="28"/>
+      <c r="E18" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F18" s="88"/>
+      <c r="G18" s="88"/>
+      <c r="H18" s="88"/>
+      <c r="I18" s="88"/>
+      <c r="J18" s="88"/>
+      <c r="K18" s="88"/>
+      <c r="L18" s="88"/>
+      <c r="M18" s="88"/>
+      <c r="N18" s="88"/>
+      <c r="O18" s="88"/>
+      <c r="P18" s="88"/>
+      <c r="Q18" s="88"/>
+      <c r="R18" s="57"/>
+      <c r="S18" s="57"/>
+      <c r="T18" s="57"/>
+      <c r="U18" s="57"/>
+      <c r="V18" s="35"/>
+      <c r="W18" s="58"/>
+      <c r="X18" s="32"/>
+      <c r="Y18" s="32"/>
+      <c r="Z18" s="32"/>
+      <c r="AA18" s="32"/>
+      <c r="AB18" s="32"/>
+      <c r="AC18" s="57"/>
+      <c r="AD18" s="57"/>
+      <c r="AE18" s="57"/>
+      <c r="AF18" s="59"/>
+      <c r="AG18" s="59"/>
+      <c r="AH18" s="59"/>
+    </row>
+    <row r="19" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="B19" s="28"/>
+      <c r="E19" s="2" t="s">
+        <v>68</v>
+      </c>
+      <c r="F19" s="88"/>
+      <c r="G19" s="88"/>
+      <c r="H19" s="88"/>
+      <c r="I19" s="88"/>
+      <c r="J19" s="88"/>
+      <c r="K19" s="88"/>
+      <c r="L19" s="88"/>
+      <c r="M19" s="88"/>
+      <c r="N19" s="88"/>
+      <c r="O19" s="88"/>
+      <c r="P19" s="88"/>
+      <c r="Q19" s="88"/>
+      <c r="R19" s="57"/>
+      <c r="S19" s="57"/>
+      <c r="T19" s="57"/>
+      <c r="U19" s="57"/>
+      <c r="V19" s="35"/>
+      <c r="W19" s="58"/>
+      <c r="X19" s="32"/>
+      <c r="Y19" s="32"/>
+      <c r="Z19" s="32"/>
+      <c r="AA19" s="32"/>
+      <c r="AB19" s="32"/>
+      <c r="AC19" s="57"/>
+      <c r="AD19" s="57"/>
+      <c r="AE19" s="57"/>
+      <c r="AF19" s="59"/>
+      <c r="AG19" s="59"/>
+      <c r="AH19" s="59"/>
+    </row>
+    <row r="20" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="B20" s="28"/>
+      <c r="E20" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F20" s="88"/>
+      <c r="G20" s="88"/>
+      <c r="H20" s="88"/>
+      <c r="I20" s="88"/>
+      <c r="J20" s="88"/>
+      <c r="K20" s="88"/>
+      <c r="L20" s="88"/>
+      <c r="M20" s="88"/>
+      <c r="N20" s="88"/>
+      <c r="O20" s="88"/>
+      <c r="P20" s="88"/>
+      <c r="Q20" s="88"/>
+      <c r="R20" s="57"/>
+      <c r="S20" s="57"/>
+      <c r="T20" s="57"/>
+      <c r="U20" s="57"/>
+      <c r="V20" s="35"/>
+      <c r="W20" s="58"/>
+      <c r="X20" s="32"/>
+      <c r="Y20" s="32"/>
+      <c r="Z20" s="32"/>
+      <c r="AA20" s="32"/>
+      <c r="AB20" s="32"/>
+      <c r="AC20" s="57"/>
+      <c r="AD20" s="57"/>
+      <c r="AE20" s="57"/>
+      <c r="AF20" s="59"/>
+      <c r="AG20" s="59"/>
+      <c r="AH20" s="59"/>
+    </row>
+    <row r="21" spans="2:35" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B21" s="28"/>
+      <c r="F21" s="88"/>
+      <c r="G21" s="88"/>
+      <c r="H21" s="88"/>
+      <c r="I21" s="88"/>
+      <c r="J21" s="88"/>
+      <c r="K21" s="88"/>
+      <c r="L21" s="88"/>
+      <c r="M21" s="88"/>
+      <c r="N21" s="88"/>
+      <c r="O21" s="88"/>
+      <c r="P21" s="88"/>
+      <c r="Q21" s="88"/>
+      <c r="R21" s="57"/>
+      <c r="S21" s="57"/>
+      <c r="T21" s="57"/>
+      <c r="U21" s="57"/>
+      <c r="V21" s="35"/>
+      <c r="W21" s="58"/>
+      <c r="X21" s="32"/>
+      <c r="Y21" s="32"/>
+      <c r="Z21" s="32"/>
+      <c r="AA21" s="32"/>
+      <c r="AB21" s="32"/>
+      <c r="AC21" s="57"/>
+      <c r="AD21" s="57"/>
+      <c r="AE21" s="57"/>
+      <c r="AF21" s="59"/>
+      <c r="AG21" s="59"/>
+      <c r="AH21" s="59"/>
+    </row>
+    <row r="22" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="B22" s="28"/>
+      <c r="D22" s="87" t="s">
+        <v>82</v>
+      </c>
+      <c r="E22" s="88"/>
+      <c r="F22" s="35"/>
+      <c r="G22" s="32"/>
+      <c r="H22" s="32"/>
+      <c r="I22" s="32"/>
+      <c r="J22" s="57"/>
+      <c r="K22" s="57"/>
+      <c r="L22" s="57"/>
+      <c r="M22" s="57"/>
+      <c r="N22" s="57"/>
+      <c r="O22" s="57"/>
+      <c r="P22" s="57"/>
+      <c r="Q22" s="57"/>
+      <c r="R22" s="57"/>
+      <c r="S22" s="57"/>
+      <c r="T22" s="57"/>
+      <c r="U22" s="57"/>
+      <c r="V22" s="35"/>
+      <c r="W22" s="58"/>
+      <c r="X22" s="32"/>
+      <c r="Y22" s="32"/>
+      <c r="Z22" s="32"/>
+      <c r="AA22" s="32"/>
+      <c r="AB22" s="32"/>
+      <c r="AC22" s="57"/>
+      <c r="AD22" s="57"/>
+      <c r="AE22" s="57"/>
+      <c r="AF22" s="59"/>
+      <c r="AG22" s="59"/>
+      <c r="AH22" s="59"/>
+    </row>
+    <row r="23" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="B23" s="28"/>
+      <c r="E23" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="F23" s="88"/>
+      <c r="G23" s="88"/>
+      <c r="H23" s="88"/>
+      <c r="I23" s="88"/>
+      <c r="J23" s="88"/>
+      <c r="K23" s="88"/>
+      <c r="L23" s="88"/>
+      <c r="M23" s="88"/>
+      <c r="N23" s="88"/>
+      <c r="O23" s="88"/>
+      <c r="P23" s="88"/>
+      <c r="Q23" s="88"/>
+      <c r="R23" s="57"/>
+      <c r="S23" s="57"/>
+      <c r="T23" s="57"/>
+      <c r="U23" s="57"/>
+      <c r="V23" s="35"/>
+      <c r="W23" s="58"/>
+      <c r="X23" s="32"/>
+      <c r="Y23" s="32"/>
+      <c r="Z23" s="32"/>
+      <c r="AA23" s="32"/>
+      <c r="AB23" s="32"/>
+      <c r="AC23" s="57"/>
+      <c r="AD23" s="57"/>
+      <c r="AE23" s="57"/>
+      <c r="AF23" s="59"/>
+      <c r="AG23" s="59"/>
+      <c r="AH23" s="59"/>
+    </row>
+    <row r="24" spans="2:35" ht="6" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B24" s="28"/>
+      <c r="F24" s="88"/>
+      <c r="G24" s="88"/>
+      <c r="H24" s="88"/>
+      <c r="I24" s="88"/>
+      <c r="J24" s="88"/>
+      <c r="K24" s="88"/>
+      <c r="L24" s="88"/>
+      <c r="M24" s="88"/>
+      <c r="N24" s="88"/>
+      <c r="O24" s="88"/>
+      <c r="P24" s="88"/>
+      <c r="Q24" s="88"/>
+      <c r="R24" s="57"/>
+      <c r="S24" s="57"/>
+      <c r="T24" s="57"/>
+      <c r="U24" s="57"/>
+      <c r="V24" s="35"/>
+      <c r="W24" s="58"/>
+      <c r="X24" s="32"/>
+      <c r="Y24" s="32"/>
+      <c r="Z24" s="32"/>
+      <c r="AA24" s="32"/>
+      <c r="AB24" s="32"/>
+      <c r="AC24" s="57"/>
+      <c r="AD24" s="57"/>
+      <c r="AE24" s="57"/>
+      <c r="AF24" s="59"/>
+      <c r="AG24" s="59"/>
+      <c r="AH24" s="59"/>
+    </row>
+    <row r="25" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B25" s="28"/>
+      <c r="D25" s="91" t="s">
+        <v>63</v>
+      </c>
+      <c r="E25" s="92"/>
+      <c r="F25" s="92"/>
+      <c r="G25" s="92"/>
+      <c r="H25" s="92"/>
+      <c r="I25" s="92"/>
+      <c r="J25" s="92"/>
+      <c r="K25" s="92"/>
+      <c r="L25" s="92"/>
+      <c r="M25" s="92"/>
+      <c r="N25" s="92"/>
+      <c r="O25" s="92"/>
+      <c r="P25" s="92"/>
+      <c r="Q25" s="92"/>
+      <c r="R25" s="92"/>
+      <c r="S25" s="92"/>
+      <c r="T25" s="92"/>
+      <c r="U25" s="92"/>
+      <c r="V25" s="92"/>
+      <c r="W25" s="92"/>
+      <c r="X25" s="92"/>
+      <c r="Y25" s="92"/>
+      <c r="Z25" s="92"/>
+      <c r="AA25" s="92"/>
+      <c r="AB25" s="92"/>
+      <c r="AC25" s="47"/>
+      <c r="AD25" s="47"/>
+      <c r="AE25" s="47"/>
+      <c r="AF25" s="47"/>
+      <c r="AG25" s="47"/>
+      <c r="AH25" s="47"/>
+      <c r="AI25" s="47"/>
+    </row>
+    <row r="26" spans="2:35" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B26" s="28"/>
+      <c r="D26" s="90"/>
+      <c r="E26" s="180" t="s">
+        <v>85</v>
+      </c>
+      <c r="F26" s="181"/>
+      <c r="G26" s="181"/>
+      <c r="H26" s="181"/>
+      <c r="I26" s="181"/>
+      <c r="J26" s="181"/>
+      <c r="K26" s="181"/>
+      <c r="L26" s="181"/>
+      <c r="M26" s="181"/>
+      <c r="N26" s="185" t="s">
+        <v>66</v>
+      </c>
+      <c r="O26" s="186"/>
+      <c r="P26" s="187"/>
+      <c r="Q26" s="183" t="s">
+        <v>79</v>
+      </c>
+      <c r="R26" s="204"/>
+      <c r="S26" s="204"/>
+      <c r="T26" s="204"/>
+      <c r="U26" s="204"/>
+      <c r="V26" s="204"/>
+      <c r="W26" s="204"/>
+      <c r="X26" s="184"/>
+      <c r="Y26" s="202" t="s">
+        <v>71</v>
+      </c>
+      <c r="Z26" s="202"/>
+      <c r="AA26" s="202"/>
+      <c r="AB26" s="202"/>
+      <c r="AC26" s="202"/>
+      <c r="AD26" s="202"/>
+      <c r="AE26" s="202"/>
+      <c r="AF26" s="202"/>
+      <c r="AG26" s="202"/>
+      <c r="AH26" s="202"/>
+    </row>
+    <row r="27" spans="2:35" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B27" s="28"/>
+      <c r="D27" s="93">
+        <v>1</v>
+      </c>
+      <c r="E27" s="193"/>
+      <c r="F27" s="194"/>
+      <c r="G27" s="194"/>
+      <c r="H27" s="194"/>
+      <c r="I27" s="194"/>
+      <c r="J27" s="194"/>
+      <c r="K27" s="194"/>
+      <c r="L27" s="194"/>
+      <c r="M27" s="194"/>
+      <c r="N27" s="193"/>
+      <c r="O27" s="194"/>
+      <c r="P27" s="195"/>
+      <c r="Q27" s="193"/>
+      <c r="R27" s="194"/>
+      <c r="S27" s="194"/>
+      <c r="T27" s="194"/>
+      <c r="U27" s="194"/>
+      <c r="V27" s="194"/>
+      <c r="W27" s="194"/>
+      <c r="X27" s="195"/>
+      <c r="Y27" s="196"/>
+      <c r="Z27" s="196"/>
+      <c r="AA27" s="196"/>
+      <c r="AB27" s="196"/>
+      <c r="AC27" s="196"/>
+      <c r="AD27" s="196"/>
+      <c r="AE27" s="196"/>
+      <c r="AF27" s="196"/>
+      <c r="AG27" s="196"/>
+      <c r="AH27" s="196"/>
+    </row>
+    <row r="28" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B28" s="28"/>
+      <c r="D28" s="93">
+        <v>2</v>
+      </c>
+      <c r="E28" s="193"/>
+      <c r="F28" s="194"/>
+      <c r="G28" s="194"/>
+      <c r="H28" s="194"/>
+      <c r="I28" s="194"/>
+      <c r="J28" s="194"/>
+      <c r="K28" s="194"/>
+      <c r="L28" s="194"/>
+      <c r="M28" s="194"/>
+      <c r="N28" s="193"/>
+      <c r="O28" s="194"/>
+      <c r="P28" s="195"/>
+      <c r="Q28" s="193"/>
+      <c r="R28" s="194"/>
+      <c r="S28" s="194"/>
+      <c r="T28" s="194"/>
+      <c r="U28" s="194"/>
+      <c r="V28" s="194"/>
+      <c r="W28" s="194"/>
+      <c r="X28" s="195"/>
+      <c r="Y28" s="196"/>
+      <c r="Z28" s="196"/>
+      <c r="AA28" s="196"/>
+      <c r="AB28" s="196"/>
+      <c r="AC28" s="196"/>
+      <c r="AD28" s="196"/>
+      <c r="AE28" s="196"/>
+      <c r="AF28" s="196"/>
+      <c r="AG28" s="196"/>
+      <c r="AH28" s="196"/>
+    </row>
+    <row r="29" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B29" s="28"/>
+      <c r="D29" s="93">
+        <v>3</v>
+      </c>
+      <c r="E29" s="196"/>
+      <c r="F29" s="196"/>
+      <c r="G29" s="196"/>
+      <c r="H29" s="196"/>
+      <c r="I29" s="196"/>
+      <c r="J29" s="196"/>
+      <c r="K29" s="196"/>
+      <c r="L29" s="196"/>
+      <c r="M29" s="196"/>
+      <c r="N29" s="196"/>
+      <c r="O29" s="196"/>
+      <c r="P29" s="196"/>
+      <c r="Q29" s="196"/>
+      <c r="R29" s="196"/>
+      <c r="S29" s="196"/>
+      <c r="T29" s="196"/>
+      <c r="U29" s="196"/>
+      <c r="V29" s="196"/>
+      <c r="W29" s="196"/>
+      <c r="X29" s="196"/>
+      <c r="Y29" s="196"/>
+      <c r="Z29" s="196"/>
+      <c r="AA29" s="196"/>
+      <c r="AB29" s="196"/>
+      <c r="AC29" s="196"/>
+      <c r="AD29" s="196"/>
+      <c r="AE29" s="196"/>
+      <c r="AF29" s="196"/>
+      <c r="AG29" s="196"/>
+      <c r="AH29" s="196"/>
+    </row>
+    <row r="30" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B30" s="28"/>
+      <c r="D30" s="93">
+        <v>4</v>
+      </c>
+      <c r="E30" s="196"/>
+      <c r="F30" s="196"/>
+      <c r="G30" s="196"/>
+      <c r="H30" s="196"/>
+      <c r="I30" s="196"/>
+      <c r="J30" s="196"/>
+      <c r="K30" s="196"/>
+      <c r="L30" s="196"/>
+      <c r="M30" s="196"/>
+      <c r="N30" s="196"/>
+      <c r="O30" s="196"/>
+      <c r="P30" s="196"/>
+      <c r="Q30" s="196"/>
+      <c r="R30" s="196"/>
+      <c r="S30" s="196"/>
+      <c r="T30" s="196"/>
+      <c r="U30" s="196"/>
+      <c r="V30" s="196"/>
+      <c r="W30" s="196"/>
+      <c r="X30" s="196"/>
+      <c r="Y30" s="196"/>
+      <c r="Z30" s="196"/>
+      <c r="AA30" s="196"/>
+      <c r="AB30" s="196"/>
+      <c r="AC30" s="196"/>
+      <c r="AD30" s="196"/>
+      <c r="AE30" s="196"/>
+      <c r="AF30" s="196"/>
+      <c r="AG30" s="196"/>
+      <c r="AH30" s="196"/>
+    </row>
+    <row r="31" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B31" s="28"/>
+      <c r="D31" s="93">
+        <v>5</v>
+      </c>
+      <c r="E31" s="196"/>
+      <c r="F31" s="196"/>
+      <c r="G31" s="196"/>
+      <c r="H31" s="196"/>
+      <c r="I31" s="196"/>
+      <c r="J31" s="196"/>
+      <c r="K31" s="196"/>
+      <c r="L31" s="196"/>
+      <c r="M31" s="196"/>
+      <c r="N31" s="196"/>
+      <c r="O31" s="196"/>
+      <c r="P31" s="196"/>
+      <c r="Q31" s="196"/>
+      <c r="R31" s="196"/>
+      <c r="S31" s="196"/>
+      <c r="T31" s="196"/>
+      <c r="U31" s="196"/>
+      <c r="V31" s="196"/>
+      <c r="W31" s="196"/>
+      <c r="X31" s="196"/>
+      <c r="Y31" s="196"/>
+      <c r="Z31" s="196"/>
+      <c r="AA31" s="196"/>
+      <c r="AB31" s="196"/>
+      <c r="AC31" s="196"/>
+      <c r="AD31" s="196"/>
+      <c r="AE31" s="196"/>
+      <c r="AF31" s="196"/>
+      <c r="AG31" s="196"/>
+      <c r="AH31" s="196"/>
+    </row>
+    <row r="32" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B32" s="28"/>
+      <c r="D32" s="93">
+        <v>6</v>
+      </c>
+      <c r="E32" s="196"/>
+      <c r="F32" s="196"/>
+      <c r="G32" s="196"/>
+      <c r="H32" s="196"/>
+      <c r="I32" s="196"/>
+      <c r="J32" s="196"/>
+      <c r="K32" s="196"/>
+      <c r="L32" s="196"/>
+      <c r="M32" s="196"/>
+      <c r="N32" s="196"/>
+      <c r="O32" s="196"/>
+      <c r="P32" s="196"/>
+      <c r="Q32" s="196"/>
+      <c r="R32" s="196"/>
+      <c r="S32" s="196"/>
+      <c r="T32" s="196"/>
+      <c r="U32" s="196"/>
+      <c r="V32" s="196"/>
+      <c r="W32" s="196"/>
+      <c r="X32" s="196"/>
+      <c r="Y32" s="196"/>
+      <c r="Z32" s="196"/>
+      <c r="AA32" s="196"/>
+      <c r="AB32" s="196"/>
+      <c r="AC32" s="196"/>
+      <c r="AD32" s="196"/>
+      <c r="AE32" s="196"/>
+      <c r="AF32" s="196"/>
+      <c r="AG32" s="196"/>
+      <c r="AH32" s="196"/>
+    </row>
+    <row r="33" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B33" s="28"/>
+      <c r="D33" s="93">
+        <v>7</v>
+      </c>
+      <c r="E33" s="196"/>
+      <c r="F33" s="196"/>
+      <c r="G33" s="196"/>
+      <c r="H33" s="196"/>
+      <c r="I33" s="196"/>
+      <c r="J33" s="196"/>
+      <c r="K33" s="196"/>
+      <c r="L33" s="196"/>
+      <c r="M33" s="196"/>
+      <c r="N33" s="196"/>
+      <c r="O33" s="196"/>
+      <c r="P33" s="196"/>
+      <c r="Q33" s="196"/>
+      <c r="R33" s="196"/>
+      <c r="S33" s="196"/>
+      <c r="T33" s="196"/>
+      <c r="U33" s="196"/>
+      <c r="V33" s="196"/>
+      <c r="W33" s="196"/>
+      <c r="X33" s="196"/>
+      <c r="Y33" s="196"/>
+      <c r="Z33" s="196"/>
+      <c r="AA33" s="196"/>
+      <c r="AB33" s="196"/>
+      <c r="AC33" s="196"/>
+      <c r="AD33" s="196"/>
+      <c r="AE33" s="196"/>
+      <c r="AF33" s="196"/>
+      <c r="AG33" s="196"/>
+      <c r="AH33" s="196"/>
+    </row>
+    <row r="34" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B34" s="28"/>
+      <c r="D34" s="93">
+        <v>8</v>
+      </c>
+      <c r="E34" s="196"/>
+      <c r="F34" s="196"/>
+      <c r="G34" s="196"/>
+      <c r="H34" s="196"/>
+      <c r="I34" s="196"/>
+      <c r="J34" s="196"/>
+      <c r="K34" s="196"/>
+      <c r="L34" s="196"/>
+      <c r="M34" s="196"/>
+      <c r="N34" s="196"/>
+      <c r="O34" s="196"/>
+      <c r="P34" s="196"/>
+      <c r="Q34" s="196"/>
+      <c r="R34" s="196"/>
+      <c r="S34" s="196"/>
+      <c r="T34" s="196"/>
+      <c r="U34" s="196"/>
+      <c r="V34" s="196"/>
+      <c r="W34" s="196"/>
+      <c r="X34" s="196"/>
+      <c r="Y34" s="196"/>
+      <c r="Z34" s="196"/>
+      <c r="AA34" s="196"/>
+      <c r="AB34" s="196"/>
+      <c r="AC34" s="196"/>
+      <c r="AD34" s="196"/>
+      <c r="AE34" s="196"/>
+      <c r="AF34" s="196"/>
+      <c r="AG34" s="196"/>
+      <c r="AH34" s="196"/>
+    </row>
+    <row r="35" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B35" s="28"/>
+      <c r="D35" s="93">
+        <v>9</v>
+      </c>
+      <c r="E35" s="196"/>
+      <c r="F35" s="196"/>
+      <c r="G35" s="196"/>
+      <c r="H35" s="196"/>
+      <c r="I35" s="196"/>
+      <c r="J35" s="196"/>
+      <c r="K35" s="196"/>
+      <c r="L35" s="196"/>
+      <c r="M35" s="196"/>
+      <c r="N35" s="196"/>
+      <c r="O35" s="196"/>
+      <c r="P35" s="196"/>
+      <c r="Q35" s="196"/>
+      <c r="R35" s="196"/>
+      <c r="S35" s="196"/>
+      <c r="T35" s="196"/>
+      <c r="U35" s="196"/>
+      <c r="V35" s="196"/>
+      <c r="W35" s="196"/>
+      <c r="X35" s="196"/>
+      <c r="Y35" s="196"/>
+      <c r="Z35" s="196"/>
+      <c r="AA35" s="196"/>
+      <c r="AB35" s="196"/>
+      <c r="AC35" s="196"/>
+      <c r="AD35" s="196"/>
+      <c r="AE35" s="196"/>
+      <c r="AF35" s="196"/>
+      <c r="AG35" s="196"/>
+      <c r="AH35" s="196"/>
+    </row>
+    <row r="36" spans="2:35" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B36" s="28"/>
+      <c r="D36" s="93">
+        <v>10</v>
+      </c>
+      <c r="E36" s="196"/>
+      <c r="F36" s="196"/>
+      <c r="G36" s="196"/>
+      <c r="H36" s="196"/>
+      <c r="I36" s="196"/>
+      <c r="J36" s="196"/>
+      <c r="K36" s="196"/>
+      <c r="L36" s="196"/>
+      <c r="M36" s="196"/>
+      <c r="N36" s="196"/>
+      <c r="O36" s="196"/>
+      <c r="P36" s="196"/>
+      <c r="Q36" s="196"/>
+      <c r="R36" s="196"/>
+      <c r="S36" s="196"/>
+      <c r="T36" s="196"/>
+      <c r="U36" s="196"/>
+      <c r="V36" s="196"/>
+      <c r="W36" s="196"/>
+      <c r="X36" s="196"/>
+      <c r="Y36" s="196"/>
+      <c r="Z36" s="196"/>
+      <c r="AA36" s="196"/>
+      <c r="AB36" s="196"/>
+      <c r="AC36" s="196"/>
+      <c r="AD36" s="196"/>
+      <c r="AE36" s="196"/>
+      <c r="AF36" s="196"/>
+      <c r="AG36" s="196"/>
+      <c r="AH36" s="196"/>
+    </row>
+    <row r="37" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B37" s="28"/>
+      <c r="D37" s="93">
+        <v>11</v>
+      </c>
+      <c r="E37" s="196"/>
+      <c r="F37" s="196"/>
+      <c r="G37" s="196"/>
+      <c r="H37" s="196"/>
+      <c r="I37" s="196"/>
+      <c r="J37" s="196"/>
+      <c r="K37" s="196"/>
+      <c r="L37" s="196"/>
+      <c r="M37" s="196"/>
+      <c r="N37" s="196"/>
+      <c r="O37" s="196"/>
+      <c r="P37" s="196"/>
+      <c r="Q37" s="196"/>
+      <c r="R37" s="196"/>
+      <c r="S37" s="196"/>
+      <c r="T37" s="196"/>
+      <c r="U37" s="196"/>
+      <c r="V37" s="196"/>
+      <c r="W37" s="196"/>
+      <c r="X37" s="196"/>
+      <c r="Y37" s="196"/>
+      <c r="Z37" s="196"/>
+      <c r="AA37" s="196"/>
+      <c r="AB37" s="196"/>
+      <c r="AC37" s="196"/>
+      <c r="AD37" s="196"/>
+      <c r="AE37" s="196"/>
+      <c r="AF37" s="196"/>
+      <c r="AG37" s="196"/>
+      <c r="AH37" s="196"/>
+    </row>
+    <row r="38" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B38" s="28"/>
+      <c r="D38" s="93">
+        <v>12</v>
+      </c>
+      <c r="E38" s="196"/>
+      <c r="F38" s="196"/>
+      <c r="G38" s="196"/>
+      <c r="H38" s="196"/>
+      <c r="I38" s="196"/>
+      <c r="J38" s="196"/>
+      <c r="K38" s="196"/>
+      <c r="L38" s="196"/>
+      <c r="M38" s="196"/>
+      <c r="N38" s="196"/>
+      <c r="O38" s="196"/>
+      <c r="P38" s="196"/>
+      <c r="Q38" s="196"/>
+      <c r="R38" s="196"/>
+      <c r="S38" s="196"/>
+      <c r="T38" s="196"/>
+      <c r="U38" s="196"/>
+      <c r="V38" s="196"/>
+      <c r="W38" s="196"/>
+      <c r="X38" s="196"/>
+      <c r="Y38" s="196"/>
+      <c r="Z38" s="196"/>
+      <c r="AA38" s="196"/>
+      <c r="AB38" s="196"/>
+      <c r="AC38" s="196"/>
+      <c r="AD38" s="196"/>
+      <c r="AE38" s="196"/>
+      <c r="AF38" s="196"/>
+      <c r="AG38" s="196"/>
+      <c r="AH38" s="196"/>
+    </row>
+    <row r="39" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B39" s="28"/>
+      <c r="D39" s="93">
+        <v>13</v>
+      </c>
+      <c r="E39" s="196"/>
+      <c r="F39" s="196"/>
+      <c r="G39" s="196"/>
+      <c r="H39" s="196"/>
+      <c r="I39" s="196"/>
+      <c r="J39" s="196"/>
+      <c r="K39" s="196"/>
+      <c r="L39" s="196"/>
+      <c r="M39" s="196"/>
+      <c r="N39" s="196"/>
+      <c r="O39" s="196"/>
+      <c r="P39" s="196"/>
+      <c r="Q39" s="196"/>
+      <c r="R39" s="196"/>
+      <c r="S39" s="196"/>
+      <c r="T39" s="196"/>
+      <c r="U39" s="196"/>
+      <c r="V39" s="196"/>
+      <c r="W39" s="196"/>
+      <c r="X39" s="196"/>
+      <c r="Y39" s="196"/>
+      <c r="Z39" s="196"/>
+      <c r="AA39" s="196"/>
+      <c r="AB39" s="196"/>
+      <c r="AC39" s="196"/>
+      <c r="AD39" s="196"/>
+      <c r="AE39" s="196"/>
+      <c r="AF39" s="196"/>
+      <c r="AG39" s="196"/>
+      <c r="AH39" s="196"/>
+    </row>
+    <row r="40" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B40" s="28"/>
+      <c r="D40" s="93">
+        <v>14</v>
+      </c>
+      <c r="E40" s="196"/>
+      <c r="F40" s="196"/>
+      <c r="G40" s="196"/>
+      <c r="H40" s="196"/>
+      <c r="I40" s="196"/>
+      <c r="J40" s="196"/>
+      <c r="K40" s="196"/>
+      <c r="L40" s="196"/>
+      <c r="M40" s="196"/>
+      <c r="N40" s="196"/>
+      <c r="O40" s="196"/>
+      <c r="P40" s="196"/>
+      <c r="Q40" s="196"/>
+      <c r="R40" s="196"/>
+      <c r="S40" s="196"/>
+      <c r="T40" s="196"/>
+      <c r="U40" s="196"/>
+      <c r="V40" s="196"/>
+      <c r="W40" s="196"/>
+      <c r="X40" s="196"/>
+      <c r="Y40" s="196"/>
+      <c r="Z40" s="196"/>
+      <c r="AA40" s="196"/>
+      <c r="AB40" s="196"/>
+      <c r="AC40" s="196"/>
+      <c r="AD40" s="196"/>
+      <c r="AE40" s="196"/>
+      <c r="AF40" s="196"/>
+      <c r="AG40" s="196"/>
+      <c r="AH40" s="196"/>
+    </row>
+    <row r="41" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B41" s="28"/>
+      <c r="D41" s="93">
+        <v>15</v>
+      </c>
+      <c r="E41" s="196"/>
+      <c r="F41" s="196"/>
+      <c r="G41" s="196"/>
+      <c r="H41" s="196"/>
+      <c r="I41" s="196"/>
+      <c r="J41" s="196"/>
+      <c r="K41" s="196"/>
+      <c r="L41" s="196"/>
+      <c r="M41" s="196"/>
+      <c r="N41" s="196"/>
+      <c r="O41" s="196"/>
+      <c r="P41" s="196"/>
+      <c r="Q41" s="196"/>
+      <c r="R41" s="196"/>
+      <c r="S41" s="196"/>
+      <c r="T41" s="196"/>
+      <c r="U41" s="196"/>
+      <c r="V41" s="196"/>
+      <c r="W41" s="196"/>
+      <c r="X41" s="196"/>
+      <c r="Y41" s="196"/>
+      <c r="Z41" s="196"/>
+      <c r="AA41" s="196"/>
+      <c r="AB41" s="196"/>
+      <c r="AC41" s="196"/>
+      <c r="AD41" s="196"/>
+      <c r="AE41" s="196"/>
+      <c r="AF41" s="196"/>
+      <c r="AG41" s="196"/>
+      <c r="AH41" s="196"/>
+    </row>
+    <row r="42" spans="2:35" x14ac:dyDescent="0.15">
+      <c r="B42" s="28"/>
+      <c r="D42" s="35"/>
+      <c r="E42" s="32"/>
+      <c r="F42" s="35"/>
+      <c r="G42" s="32"/>
+      <c r="H42" s="32"/>
+      <c r="I42" s="32"/>
+      <c r="J42" s="57"/>
+      <c r="K42" s="57"/>
+      <c r="L42" s="57"/>
+      <c r="M42" s="57"/>
+      <c r="N42" s="57"/>
+      <c r="O42" s="57"/>
+      <c r="P42" s="57"/>
+      <c r="Q42" s="57"/>
+      <c r="R42" s="57"/>
+      <c r="S42" s="57"/>
+      <c r="T42" s="57"/>
+      <c r="U42" s="57"/>
+      <c r="V42" s="35"/>
+      <c r="W42" s="58"/>
+      <c r="X42" s="32"/>
+      <c r="Y42" s="32"/>
+      <c r="Z42" s="32"/>
+      <c r="AA42" s="32"/>
+      <c r="AB42" s="32"/>
+      <c r="AC42" s="57"/>
+      <c r="AD42" s="57"/>
+      <c r="AE42" s="57"/>
+      <c r="AF42" s="59"/>
+      <c r="AG42" s="59"/>
+      <c r="AH42" s="59"/>
+    </row>
+    <row r="43" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B43" s="28"/>
+      <c r="D43" s="91" t="s">
+        <v>64</v>
+      </c>
+      <c r="E43" s="92"/>
+      <c r="F43" s="92"/>
+      <c r="G43" s="92"/>
+      <c r="H43" s="92"/>
+      <c r="I43" s="92"/>
+      <c r="J43" s="92"/>
+      <c r="K43" s="92"/>
+      <c r="L43" s="92"/>
+      <c r="M43" s="92"/>
+      <c r="N43" s="92"/>
+      <c r="O43" s="92"/>
+      <c r="P43" s="92"/>
+      <c r="Q43" s="92"/>
+      <c r="R43" s="92"/>
+      <c r="S43" s="92"/>
+      <c r="T43" s="92"/>
+      <c r="U43" s="92"/>
+      <c r="V43" s="92"/>
+      <c r="W43" s="92"/>
+      <c r="X43" s="92"/>
+      <c r="Y43" s="92"/>
+      <c r="Z43" s="92"/>
+      <c r="AA43" s="92"/>
+      <c r="AB43" s="92"/>
+      <c r="AC43" s="47"/>
+      <c r="AD43" s="47"/>
+      <c r="AE43" s="47"/>
+      <c r="AF43" s="47"/>
+      <c r="AG43" s="47"/>
+      <c r="AH43" s="47"/>
+      <c r="AI43" s="47"/>
+    </row>
+    <row r="44" spans="2:35" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B44" s="28"/>
+      <c r="D44" s="90"/>
+      <c r="E44" s="180" t="s">
+        <v>85</v>
+      </c>
+      <c r="F44" s="181"/>
+      <c r="G44" s="181"/>
+      <c r="H44" s="181"/>
+      <c r="I44" s="181"/>
+      <c r="J44" s="181"/>
+      <c r="K44" s="181"/>
+      <c r="L44" s="181"/>
+      <c r="M44" s="181"/>
+      <c r="N44" s="185" t="s">
+        <v>66</v>
+      </c>
+      <c r="O44" s="186"/>
+      <c r="P44" s="187"/>
+      <c r="Q44" s="185" t="s">
+        <v>62</v>
+      </c>
+      <c r="R44" s="186"/>
+      <c r="S44" s="186"/>
+      <c r="T44" s="186"/>
+      <c r="U44" s="186"/>
+      <c r="V44" s="186"/>
+      <c r="W44" s="186"/>
+      <c r="X44" s="187"/>
+      <c r="Y44" s="185" t="s">
+        <v>80</v>
+      </c>
+      <c r="Z44" s="186"/>
+      <c r="AA44" s="186"/>
+      <c r="AB44" s="187"/>
+      <c r="AC44" s="205" t="s">
+        <v>72</v>
+      </c>
+      <c r="AD44" s="205"/>
+      <c r="AE44" s="205"/>
+      <c r="AF44" s="205"/>
+      <c r="AG44" s="205"/>
+      <c r="AH44" s="205"/>
+    </row>
+    <row r="45" spans="2:35" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B45" s="28"/>
+      <c r="D45" s="93">
+        <v>1</v>
+      </c>
+      <c r="E45" s="193"/>
+      <c r="F45" s="194"/>
+      <c r="G45" s="194"/>
+      <c r="H45" s="194"/>
+      <c r="I45" s="194"/>
+      <c r="J45" s="194"/>
+      <c r="K45" s="194"/>
+      <c r="L45" s="194"/>
+      <c r="M45" s="194"/>
+      <c r="N45" s="193"/>
+      <c r="O45" s="194"/>
+      <c r="P45" s="195"/>
+      <c r="Q45" s="193"/>
+      <c r="R45" s="194"/>
+      <c r="S45" s="194"/>
+      <c r="T45" s="194"/>
+      <c r="U45" s="194"/>
+      <c r="V45" s="194"/>
+      <c r="W45" s="194"/>
+      <c r="X45" s="195"/>
+      <c r="Y45" s="193"/>
+      <c r="Z45" s="194"/>
+      <c r="AA45" s="194"/>
+      <c r="AB45" s="195"/>
+      <c r="AC45" s="201"/>
+      <c r="AD45" s="201"/>
+      <c r="AE45" s="201"/>
+      <c r="AF45" s="201"/>
+      <c r="AG45" s="201"/>
+      <c r="AH45" s="201"/>
+    </row>
+    <row r="46" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B46" s="28"/>
+      <c r="D46" s="93">
+        <v>2</v>
+      </c>
+      <c r="E46" s="193"/>
+      <c r="F46" s="194"/>
+      <c r="G46" s="194"/>
+      <c r="H46" s="194"/>
+      <c r="I46" s="194"/>
+      <c r="J46" s="194"/>
+      <c r="K46" s="194"/>
+      <c r="L46" s="194"/>
+      <c r="M46" s="194"/>
+      <c r="N46" s="193"/>
+      <c r="O46" s="194"/>
+      <c r="P46" s="195"/>
+      <c r="Q46" s="193"/>
+      <c r="R46" s="194"/>
+      <c r="S46" s="194"/>
+      <c r="T46" s="194"/>
+      <c r="U46" s="194"/>
+      <c r="V46" s="194"/>
+      <c r="W46" s="194"/>
+      <c r="X46" s="195"/>
+      <c r="Y46" s="193"/>
+      <c r="Z46" s="194"/>
+      <c r="AA46" s="194"/>
+      <c r="AB46" s="195"/>
+      <c r="AC46" s="201"/>
+      <c r="AD46" s="201"/>
+      <c r="AE46" s="201"/>
+      <c r="AF46" s="201"/>
+      <c r="AG46" s="201"/>
+      <c r="AH46" s="201"/>
+    </row>
+    <row r="47" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B47" s="28"/>
+      <c r="D47" s="93">
+        <v>3</v>
+      </c>
+      <c r="E47" s="196"/>
+      <c r="F47" s="196"/>
+      <c r="G47" s="196"/>
+      <c r="H47" s="196"/>
+      <c r="I47" s="196"/>
+      <c r="J47" s="196"/>
+      <c r="K47" s="196"/>
+      <c r="L47" s="196"/>
+      <c r="M47" s="196"/>
+      <c r="N47" s="196"/>
+      <c r="O47" s="196"/>
+      <c r="P47" s="196"/>
+      <c r="Q47" s="196"/>
+      <c r="R47" s="196"/>
+      <c r="S47" s="196"/>
+      <c r="T47" s="196"/>
+      <c r="U47" s="196"/>
+      <c r="V47" s="196"/>
+      <c r="W47" s="196"/>
+      <c r="X47" s="196"/>
+      <c r="Y47" s="193"/>
+      <c r="Z47" s="194"/>
+      <c r="AA47" s="194"/>
+      <c r="AB47" s="195"/>
+      <c r="AC47" s="201"/>
+      <c r="AD47" s="201"/>
+      <c r="AE47" s="201"/>
+      <c r="AF47" s="201"/>
+      <c r="AG47" s="201"/>
+      <c r="AH47" s="201"/>
+    </row>
+    <row r="48" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B48" s="28"/>
+      <c r="D48" s="93">
+        <v>4</v>
+      </c>
+      <c r="E48" s="196"/>
+      <c r="F48" s="196"/>
+      <c r="G48" s="196"/>
+      <c r="H48" s="196"/>
+      <c r="I48" s="196"/>
+      <c r="J48" s="196"/>
+      <c r="K48" s="196"/>
+      <c r="L48" s="196"/>
+      <c r="M48" s="196"/>
+      <c r="N48" s="196"/>
+      <c r="O48" s="196"/>
+      <c r="P48" s="196"/>
+      <c r="Q48" s="196"/>
+      <c r="R48" s="196"/>
+      <c r="S48" s="196"/>
+      <c r="T48" s="196"/>
+      <c r="U48" s="196"/>
+      <c r="V48" s="196"/>
+      <c r="W48" s="196"/>
+      <c r="X48" s="196"/>
+      <c r="Y48" s="193"/>
+      <c r="Z48" s="194"/>
+      <c r="AA48" s="194"/>
+      <c r="AB48" s="195"/>
+      <c r="AC48" s="201"/>
+      <c r="AD48" s="201"/>
+      <c r="AE48" s="201"/>
+      <c r="AF48" s="201"/>
+      <c r="AG48" s="201"/>
+      <c r="AH48" s="201"/>
+    </row>
+    <row r="49" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B49" s="28"/>
+      <c r="D49" s="93">
+        <v>5</v>
+      </c>
+      <c r="E49" s="196"/>
+      <c r="F49" s="196"/>
+      <c r="G49" s="196"/>
+      <c r="H49" s="196"/>
+      <c r="I49" s="196"/>
+      <c r="J49" s="196"/>
+      <c r="K49" s="196"/>
+      <c r="L49" s="196"/>
+      <c r="M49" s="196"/>
+      <c r="N49" s="196"/>
+      <c r="O49" s="196"/>
+      <c r="P49" s="196"/>
+      <c r="Q49" s="196"/>
+      <c r="R49" s="196"/>
+      <c r="S49" s="196"/>
+      <c r="T49" s="196"/>
+      <c r="U49" s="196"/>
+      <c r="V49" s="196"/>
+      <c r="W49" s="196"/>
+      <c r="X49" s="196"/>
+      <c r="Y49" s="193"/>
+      <c r="Z49" s="194"/>
+      <c r="AA49" s="194"/>
+      <c r="AB49" s="195"/>
+      <c r="AC49" s="201"/>
+      <c r="AD49" s="201"/>
+      <c r="AE49" s="201"/>
+      <c r="AF49" s="201"/>
+      <c r="AG49" s="201"/>
+      <c r="AH49" s="201"/>
+    </row>
+    <row r="50" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B50" s="28"/>
+      <c r="D50" s="93">
+        <v>6</v>
+      </c>
+      <c r="E50" s="196"/>
+      <c r="F50" s="196"/>
+      <c r="G50" s="196"/>
+      <c r="H50" s="196"/>
+      <c r="I50" s="196"/>
+      <c r="J50" s="196"/>
+      <c r="K50" s="196"/>
+      <c r="L50" s="196"/>
+      <c r="M50" s="196"/>
+      <c r="N50" s="196"/>
+      <c r="O50" s="196"/>
+      <c r="P50" s="196"/>
+      <c r="Q50" s="196"/>
+      <c r="R50" s="196"/>
+      <c r="S50" s="196"/>
+      <c r="T50" s="196"/>
+      <c r="U50" s="196"/>
+      <c r="V50" s="196"/>
+      <c r="W50" s="196"/>
+      <c r="X50" s="196"/>
+      <c r="Y50" s="193"/>
+      <c r="Z50" s="194"/>
+      <c r="AA50" s="194"/>
+      <c r="AB50" s="195"/>
+      <c r="AC50" s="201"/>
+      <c r="AD50" s="201"/>
+      <c r="AE50" s="201"/>
+      <c r="AF50" s="201"/>
+      <c r="AG50" s="201"/>
+      <c r="AH50" s="201"/>
+    </row>
+    <row r="51" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B51" s="28"/>
+      <c r="D51" s="93">
+        <v>7</v>
+      </c>
+      <c r="E51" s="196"/>
+      <c r="F51" s="196"/>
+      <c r="G51" s="196"/>
+      <c r="H51" s="196"/>
+      <c r="I51" s="196"/>
+      <c r="J51" s="196"/>
+      <c r="K51" s="196"/>
+      <c r="L51" s="196"/>
+      <c r="M51" s="196"/>
+      <c r="N51" s="196"/>
+      <c r="O51" s="196"/>
+      <c r="P51" s="196"/>
+      <c r="Q51" s="196"/>
+      <c r="R51" s="196"/>
+      <c r="S51" s="196"/>
+      <c r="T51" s="196"/>
+      <c r="U51" s="196"/>
+      <c r="V51" s="196"/>
+      <c r="W51" s="196"/>
+      <c r="X51" s="196"/>
+      <c r="Y51" s="193"/>
+      <c r="Z51" s="194"/>
+      <c r="AA51" s="194"/>
+      <c r="AB51" s="195"/>
+      <c r="AC51" s="201"/>
+      <c r="AD51" s="201"/>
+      <c r="AE51" s="201"/>
+      <c r="AF51" s="201"/>
+      <c r="AG51" s="201"/>
+      <c r="AH51" s="201"/>
+    </row>
+    <row r="52" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B52" s="28"/>
+      <c r="D52" s="93">
+        <v>8</v>
+      </c>
+      <c r="E52" s="196"/>
+      <c r="F52" s="196"/>
+      <c r="G52" s="196"/>
+      <c r="H52" s="196"/>
+      <c r="I52" s="196"/>
+      <c r="J52" s="196"/>
+      <c r="K52" s="196"/>
+      <c r="L52" s="196"/>
+      <c r="M52" s="196"/>
+      <c r="N52" s="196"/>
+      <c r="O52" s="196"/>
+      <c r="P52" s="196"/>
+      <c r="Q52" s="196"/>
+      <c r="R52" s="196"/>
+      <c r="S52" s="196"/>
+      <c r="T52" s="196"/>
+      <c r="U52" s="196"/>
+      <c r="V52" s="196"/>
+      <c r="W52" s="196"/>
+      <c r="X52" s="196"/>
+      <c r="Y52" s="193"/>
+      <c r="Z52" s="194"/>
+      <c r="AA52" s="194"/>
+      <c r="AB52" s="195"/>
+      <c r="AC52" s="201"/>
+      <c r="AD52" s="201"/>
+      <c r="AE52" s="201"/>
+      <c r="AF52" s="201"/>
+      <c r="AG52" s="201"/>
+      <c r="AH52" s="201"/>
+    </row>
+    <row r="53" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B53" s="28"/>
+      <c r="D53" s="93">
+        <v>9</v>
+      </c>
+      <c r="E53" s="196"/>
+      <c r="F53" s="196"/>
+      <c r="G53" s="196"/>
+      <c r="H53" s="196"/>
+      <c r="I53" s="196"/>
+      <c r="J53" s="196"/>
+      <c r="K53" s="196"/>
+      <c r="L53" s="196"/>
+      <c r="M53" s="196"/>
+      <c r="N53" s="196"/>
+      <c r="O53" s="196"/>
+      <c r="P53" s="196"/>
+      <c r="Q53" s="196"/>
+      <c r="R53" s="196"/>
+      <c r="S53" s="196"/>
+      <c r="T53" s="196"/>
+      <c r="U53" s="196"/>
+      <c r="V53" s="196"/>
+      <c r="W53" s="196"/>
+      <c r="X53" s="196"/>
+      <c r="Y53" s="193"/>
+      <c r="Z53" s="194"/>
+      <c r="AA53" s="194"/>
+      <c r="AB53" s="195"/>
+      <c r="AC53" s="201"/>
+      <c r="AD53" s="201"/>
+      <c r="AE53" s="201"/>
+      <c r="AF53" s="201"/>
+      <c r="AG53" s="201"/>
+      <c r="AH53" s="201"/>
+    </row>
+    <row r="54" spans="2:35" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B54" s="28"/>
+      <c r="D54" s="93">
+        <v>10</v>
+      </c>
+      <c r="E54" s="196"/>
+      <c r="F54" s="196"/>
+      <c r="G54" s="196"/>
+      <c r="H54" s="196"/>
+      <c r="I54" s="196"/>
+      <c r="J54" s="196"/>
+      <c r="K54" s="196"/>
+      <c r="L54" s="196"/>
+      <c r="M54" s="196"/>
+      <c r="N54" s="196"/>
+      <c r="O54" s="196"/>
+      <c r="P54" s="196"/>
+      <c r="Q54" s="196"/>
+      <c r="R54" s="196"/>
+      <c r="S54" s="196"/>
+      <c r="T54" s="196"/>
+      <c r="U54" s="196"/>
+      <c r="V54" s="196"/>
+      <c r="W54" s="196"/>
+      <c r="X54" s="196"/>
+      <c r="Y54" s="193"/>
+      <c r="Z54" s="194"/>
+      <c r="AA54" s="194"/>
+      <c r="AB54" s="195"/>
+      <c r="AC54" s="201"/>
+      <c r="AD54" s="201"/>
+      <c r="AE54" s="201"/>
+      <c r="AF54" s="201"/>
+      <c r="AG54" s="201"/>
+      <c r="AH54" s="201"/>
+    </row>
+    <row r="55" spans="2:35" x14ac:dyDescent="0.15">
+      <c r="B55" s="28"/>
+      <c r="D55" s="35"/>
+      <c r="E55" s="35"/>
+      <c r="F55" s="32"/>
+      <c r="G55" s="32"/>
+      <c r="H55" s="32"/>
+      <c r="I55" s="32"/>
+      <c r="J55" s="32"/>
+      <c r="K55" s="32"/>
+      <c r="L55" s="32"/>
+      <c r="M55" s="32"/>
+      <c r="N55" s="32"/>
+      <c r="O55" s="32"/>
+      <c r="P55" s="32"/>
+      <c r="Q55" s="32"/>
+      <c r="R55" s="32"/>
+      <c r="S55" s="32"/>
+      <c r="T55" s="32"/>
+      <c r="U55" s="35"/>
+      <c r="V55" s="35"/>
+      <c r="W55" s="35"/>
+      <c r="X55" s="35"/>
+      <c r="Y55" s="35"/>
+    </row>
+    <row r="56" spans="2:35" ht="14.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B56" s="28"/>
+      <c r="D56" s="91" t="s">
+        <v>65</v>
+      </c>
+      <c r="E56" s="92"/>
+      <c r="F56" s="92"/>
+      <c r="G56" s="92"/>
+      <c r="H56" s="92"/>
+      <c r="I56" s="92"/>
+      <c r="J56" s="92"/>
+      <c r="K56" s="92"/>
+      <c r="L56" s="92"/>
+      <c r="M56" s="92"/>
+      <c r="N56" s="92"/>
+      <c r="O56" s="92"/>
+      <c r="P56" s="92"/>
+      <c r="Q56" s="92"/>
+      <c r="R56" s="92"/>
+      <c r="S56" s="92"/>
+      <c r="T56" s="92"/>
+      <c r="U56" s="92"/>
+      <c r="V56" s="92"/>
+      <c r="W56" s="92"/>
+      <c r="X56" s="92"/>
+      <c r="Y56" s="92"/>
+      <c r="Z56" s="92"/>
+      <c r="AA56" s="92"/>
+      <c r="AB56" s="92"/>
+      <c r="AC56" s="47"/>
+      <c r="AD56" s="47"/>
+      <c r="AE56" s="47"/>
+      <c r="AF56" s="47"/>
+      <c r="AG56" s="47"/>
+      <c r="AH56" s="47"/>
+      <c r="AI56" s="47"/>
+    </row>
+    <row r="57" spans="2:35" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B57" s="28"/>
+      <c r="D57" s="90"/>
+      <c r="E57" s="180" t="s">
+        <v>85</v>
+      </c>
+      <c r="F57" s="181"/>
+      <c r="G57" s="181"/>
+      <c r="H57" s="181"/>
+      <c r="I57" s="181"/>
+      <c r="J57" s="181"/>
+      <c r="K57" s="181"/>
+      <c r="L57" s="181"/>
+      <c r="M57" s="181"/>
+      <c r="N57" s="185" t="s">
+        <v>66</v>
+      </c>
+      <c r="O57" s="186"/>
+      <c r="P57" s="187"/>
+      <c r="Q57" s="185" t="s">
+        <v>81</v>
+      </c>
+      <c r="R57" s="186"/>
+      <c r="S57" s="186"/>
+      <c r="T57" s="186"/>
+      <c r="U57" s="186"/>
+      <c r="V57" s="186"/>
+      <c r="W57" s="186"/>
+      <c r="X57" s="187"/>
+      <c r="Y57" s="197" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z57" s="198"/>
+      <c r="AA57" s="198"/>
+      <c r="AB57" s="198"/>
+      <c r="AC57" s="198"/>
+      <c r="AD57" s="198"/>
+      <c r="AE57" s="198"/>
+      <c r="AF57" s="198"/>
+      <c r="AG57" s="198"/>
+      <c r="AH57" s="199"/>
+    </row>
+    <row r="58" spans="2:35" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B58" s="28"/>
+      <c r="D58" s="93">
+        <v>1</v>
+      </c>
+      <c r="E58" s="193"/>
+      <c r="F58" s="194"/>
+      <c r="G58" s="194"/>
+      <c r="H58" s="194"/>
+      <c r="I58" s="194"/>
+      <c r="J58" s="194"/>
+      <c r="K58" s="194"/>
+      <c r="L58" s="194"/>
+      <c r="M58" s="194"/>
+      <c r="N58" s="193"/>
+      <c r="O58" s="194"/>
+      <c r="P58" s="195"/>
+      <c r="Q58" s="193"/>
+      <c r="R58" s="194"/>
+      <c r="S58" s="194"/>
+      <c r="T58" s="194"/>
+      <c r="U58" s="194"/>
+      <c r="V58" s="194"/>
+      <c r="W58" s="194"/>
+      <c r="X58" s="195"/>
+      <c r="Y58" s="193"/>
+      <c r="Z58" s="194"/>
+      <c r="AA58" s="194"/>
+      <c r="AB58" s="194"/>
+      <c r="AC58" s="194"/>
+      <c r="AD58" s="194"/>
+      <c r="AE58" s="194"/>
+      <c r="AF58" s="194"/>
+      <c r="AG58" s="194"/>
+      <c r="AH58" s="195"/>
+    </row>
+    <row r="59" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B59" s="28"/>
+      <c r="D59" s="93">
+        <v>2</v>
+      </c>
+      <c r="E59" s="193"/>
+      <c r="F59" s="194"/>
+      <c r="G59" s="194"/>
+      <c r="H59" s="194"/>
+      <c r="I59" s="194"/>
+      <c r="J59" s="194"/>
+      <c r="K59" s="194"/>
+      <c r="L59" s="194"/>
+      <c r="M59" s="194"/>
+      <c r="N59" s="193"/>
+      <c r="O59" s="194"/>
+      <c r="P59" s="195"/>
+      <c r="Q59" s="193"/>
+      <c r="R59" s="194"/>
+      <c r="S59" s="194"/>
+      <c r="T59" s="194"/>
+      <c r="U59" s="194"/>
+      <c r="V59" s="194"/>
+      <c r="W59" s="194"/>
+      <c r="X59" s="195"/>
+      <c r="Y59" s="193"/>
+      <c r="Z59" s="194"/>
+      <c r="AA59" s="194"/>
+      <c r="AB59" s="194"/>
+      <c r="AC59" s="194"/>
+      <c r="AD59" s="194"/>
+      <c r="AE59" s="194"/>
+      <c r="AF59" s="194"/>
+      <c r="AG59" s="194"/>
+      <c r="AH59" s="195"/>
+    </row>
+    <row r="60" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B60" s="28"/>
+      <c r="D60" s="93">
+        <v>3</v>
+      </c>
+      <c r="E60" s="196"/>
+      <c r="F60" s="196"/>
+      <c r="G60" s="196"/>
+      <c r="H60" s="196"/>
+      <c r="I60" s="196"/>
+      <c r="J60" s="196"/>
+      <c r="K60" s="196"/>
+      <c r="L60" s="196"/>
+      <c r="M60" s="196"/>
+      <c r="N60" s="196"/>
+      <c r="O60" s="196"/>
+      <c r="P60" s="196"/>
+      <c r="Q60" s="196"/>
+      <c r="R60" s="196"/>
+      <c r="S60" s="196"/>
+      <c r="T60" s="196"/>
+      <c r="U60" s="196"/>
+      <c r="V60" s="196"/>
+      <c r="W60" s="196"/>
+      <c r="X60" s="196"/>
+      <c r="Y60" s="193"/>
+      <c r="Z60" s="194"/>
+      <c r="AA60" s="194"/>
+      <c r="AB60" s="194"/>
+      <c r="AC60" s="194"/>
+      <c r="AD60" s="194"/>
+      <c r="AE60" s="194"/>
+      <c r="AF60" s="194"/>
+      <c r="AG60" s="194"/>
+      <c r="AH60" s="195"/>
+    </row>
+    <row r="61" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B61" s="28"/>
+      <c r="D61" s="93">
+        <v>4</v>
+      </c>
+      <c r="E61" s="196"/>
+      <c r="F61" s="196"/>
+      <c r="G61" s="196"/>
+      <c r="H61" s="196"/>
+      <c r="I61" s="196"/>
+      <c r="J61" s="196"/>
+      <c r="K61" s="196"/>
+      <c r="L61" s="196"/>
+      <c r="M61" s="196"/>
+      <c r="N61" s="196"/>
+      <c r="O61" s="196"/>
+      <c r="P61" s="196"/>
+      <c r="Q61" s="196"/>
+      <c r="R61" s="196"/>
+      <c r="S61" s="196"/>
+      <c r="T61" s="196"/>
+      <c r="U61" s="196"/>
+      <c r="V61" s="196"/>
+      <c r="W61" s="196"/>
+      <c r="X61" s="196"/>
+      <c r="Y61" s="193"/>
+      <c r="Z61" s="194"/>
+      <c r="AA61" s="194"/>
+      <c r="AB61" s="194"/>
+      <c r="AC61" s="194"/>
+      <c r="AD61" s="194"/>
+      <c r="AE61" s="194"/>
+      <c r="AF61" s="194"/>
+      <c r="AG61" s="194"/>
+      <c r="AH61" s="195"/>
+    </row>
+    <row r="62" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B62" s="28"/>
+      <c r="D62" s="93">
+        <v>5</v>
+      </c>
+      <c r="E62" s="196"/>
+      <c r="F62" s="196"/>
+      <c r="G62" s="196"/>
+      <c r="H62" s="196"/>
+      <c r="I62" s="196"/>
+      <c r="J62" s="196"/>
+      <c r="K62" s="196"/>
+      <c r="L62" s="196"/>
+      <c r="M62" s="196"/>
+      <c r="N62" s="196"/>
+      <c r="O62" s="196"/>
+      <c r="P62" s="196"/>
+      <c r="Q62" s="196"/>
+      <c r="R62" s="196"/>
+      <c r="S62" s="196"/>
+      <c r="T62" s="196"/>
+      <c r="U62" s="196"/>
+      <c r="V62" s="196"/>
+      <c r="W62" s="196"/>
+      <c r="X62" s="196"/>
+      <c r="Y62" s="193"/>
+      <c r="Z62" s="194"/>
+      <c r="AA62" s="194"/>
+      <c r="AB62" s="194"/>
+      <c r="AC62" s="194"/>
+      <c r="AD62" s="194"/>
+      <c r="AE62" s="194"/>
+      <c r="AF62" s="194"/>
+      <c r="AG62" s="194"/>
+      <c r="AH62" s="195"/>
+    </row>
+    <row r="63" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B63" s="28"/>
+      <c r="D63" s="93">
+        <v>6</v>
+      </c>
+      <c r="E63" s="196"/>
+      <c r="F63" s="196"/>
+      <c r="G63" s="196"/>
+      <c r="H63" s="196"/>
+      <c r="I63" s="196"/>
+      <c r="J63" s="196"/>
+      <c r="K63" s="196"/>
+      <c r="L63" s="196"/>
+      <c r="M63" s="196"/>
+      <c r="N63" s="196"/>
+      <c r="O63" s="196"/>
+      <c r="P63" s="196"/>
+      <c r="Q63" s="196"/>
+      <c r="R63" s="196"/>
+      <c r="S63" s="196"/>
+      <c r="T63" s="196"/>
+      <c r="U63" s="196"/>
+      <c r="V63" s="196"/>
+      <c r="W63" s="196"/>
+      <c r="X63" s="196"/>
+      <c r="Y63" s="193"/>
+      <c r="Z63" s="194"/>
+      <c r="AA63" s="194"/>
+      <c r="AB63" s="194"/>
+      <c r="AC63" s="194"/>
+      <c r="AD63" s="194"/>
+      <c r="AE63" s="194"/>
+      <c r="AF63" s="194"/>
+      <c r="AG63" s="194"/>
+      <c r="AH63" s="195"/>
+    </row>
+    <row r="64" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B64" s="28"/>
+      <c r="D64" s="93">
+        <v>7</v>
+      </c>
+      <c r="E64" s="196"/>
+      <c r="F64" s="196"/>
+      <c r="G64" s="196"/>
+      <c r="H64" s="196"/>
+      <c r="I64" s="196"/>
+      <c r="J64" s="196"/>
+      <c r="K64" s="196"/>
+      <c r="L64" s="196"/>
+      <c r="M64" s="196"/>
+      <c r="N64" s="196"/>
+      <c r="O64" s="196"/>
+      <c r="P64" s="196"/>
+      <c r="Q64" s="196"/>
+      <c r="R64" s="196"/>
+      <c r="S64" s="196"/>
+      <c r="T64" s="196"/>
+      <c r="U64" s="196"/>
+      <c r="V64" s="196"/>
+      <c r="W64" s="196"/>
+      <c r="X64" s="196"/>
+      <c r="Y64" s="193"/>
+      <c r="Z64" s="194"/>
+      <c r="AA64" s="194"/>
+      <c r="AB64" s="194"/>
+      <c r="AC64" s="194"/>
+      <c r="AD64" s="194"/>
+      <c r="AE64" s="194"/>
+      <c r="AF64" s="194"/>
+      <c r="AG64" s="194"/>
+      <c r="AH64" s="195"/>
+    </row>
+    <row r="65" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B65" s="28"/>
+      <c r="D65" s="93">
+        <v>8</v>
+      </c>
+      <c r="E65" s="196"/>
+      <c r="F65" s="196"/>
+      <c r="G65" s="196"/>
+      <c r="H65" s="196"/>
+      <c r="I65" s="196"/>
+      <c r="J65" s="196"/>
+      <c r="K65" s="196"/>
+      <c r="L65" s="196"/>
+      <c r="M65" s="196"/>
+      <c r="N65" s="196"/>
+      <c r="O65" s="196"/>
+      <c r="P65" s="196"/>
+      <c r="Q65" s="196"/>
+      <c r="R65" s="196"/>
+      <c r="S65" s="196"/>
+      <c r="T65" s="196"/>
+      <c r="U65" s="196"/>
+      <c r="V65" s="196"/>
+      <c r="W65" s="196"/>
+      <c r="X65" s="196"/>
+      <c r="Y65" s="193"/>
+      <c r="Z65" s="194"/>
+      <c r="AA65" s="194"/>
+      <c r="AB65" s="194"/>
+      <c r="AC65" s="194"/>
+      <c r="AD65" s="194"/>
+      <c r="AE65" s="194"/>
+      <c r="AF65" s="194"/>
+      <c r="AG65" s="194"/>
+      <c r="AH65" s="195"/>
+    </row>
+    <row r="66" spans="2:35" ht="14.25" x14ac:dyDescent="0.15">
+      <c r="B66" s="28"/>
+      <c r="D66" s="93">
+        <v>9</v>
+      </c>
+      <c r="E66" s="196"/>
+      <c r="F66" s="196"/>
+      <c r="G66" s="196"/>
+      <c r="H66" s="196"/>
+      <c r="I66" s="196"/>
+      <c r="J66" s="196"/>
+      <c r="K66" s="196"/>
+      <c r="L66" s="196"/>
+      <c r="M66" s="196"/>
+      <c r="N66" s="196"/>
+      <c r="O66" s="196"/>
+      <c r="P66" s="196"/>
+      <c r="Q66" s="196"/>
+      <c r="R66" s="196"/>
+      <c r="S66" s="196"/>
+      <c r="T66" s="196"/>
+      <c r="U66" s="196"/>
+      <c r="V66" s="196"/>
+      <c r="W66" s="196"/>
+      <c r="X66" s="196"/>
+      <c r="Y66" s="193"/>
+      <c r="Z66" s="194"/>
+      <c r="AA66" s="194"/>
+      <c r="AB66" s="194"/>
+      <c r="AC66" s="194"/>
+      <c r="AD66" s="194"/>
+      <c r="AE66" s="194"/>
+      <c r="AF66" s="194"/>
+      <c r="AG66" s="194"/>
+      <c r="AH66" s="195"/>
+    </row>
+    <row r="67" spans="2:35" ht="15.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B67" s="28"/>
+      <c r="D67" s="93">
+        <v>10</v>
+      </c>
+      <c r="E67" s="196"/>
+      <c r="F67" s="196"/>
+      <c r="G67" s="196"/>
+      <c r="H67" s="196"/>
+      <c r="I67" s="196"/>
+      <c r="J67" s="196"/>
+      <c r="K67" s="196"/>
+      <c r="L67" s="196"/>
+      <c r="M67" s="196"/>
+      <c r="N67" s="196"/>
+      <c r="O67" s="196"/>
+      <c r="P67" s="196"/>
+      <c r="Q67" s="196"/>
+      <c r="R67" s="196"/>
+      <c r="S67" s="196"/>
+      <c r="T67" s="196"/>
+      <c r="U67" s="196"/>
+      <c r="V67" s="196"/>
+      <c r="W67" s="196"/>
+      <c r="X67" s="196"/>
+      <c r="Y67" s="193"/>
+      <c r="Z67" s="194"/>
+      <c r="AA67" s="194"/>
+      <c r="AB67" s="194"/>
+      <c r="AC67" s="194"/>
+      <c r="AD67" s="194"/>
+      <c r="AE67" s="194"/>
+      <c r="AF67" s="194"/>
+      <c r="AG67" s="194"/>
+      <c r="AH67" s="195"/>
+    </row>
+    <row r="68" spans="2:35" ht="6.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B68" s="28"/>
+      <c r="D68" s="36"/>
+      <c r="F68" s="36"/>
+      <c r="G68" s="36"/>
+      <c r="H68" s="36"/>
+      <c r="I68" s="36"/>
+      <c r="J68" s="36"/>
+      <c r="K68" s="36"/>
+      <c r="L68" s="36"/>
+      <c r="M68" s="36"/>
+      <c r="N68" s="36"/>
+      <c r="O68" s="36"/>
+      <c r="P68" s="36"/>
+      <c r="Q68" s="36"/>
+      <c r="R68" s="36"/>
+      <c r="S68" s="36"/>
+      <c r="T68" s="36"/>
+      <c r="U68" s="36"/>
+      <c r="V68" s="36"/>
+      <c r="W68" s="36"/>
+      <c r="X68" s="36"/>
+      <c r="Y68" s="36"/>
+      <c r="Z68" s="36"/>
+      <c r="AA68" s="36"/>
+      <c r="AB68" s="36"/>
+      <c r="AC68" s="36"/>
+      <c r="AD68" s="36"/>
+      <c r="AE68" s="36"/>
+      <c r="AF68" s="36"/>
+      <c r="AG68" s="36"/>
+      <c r="AH68" s="36"/>
+      <c r="AI68" s="36"/>
+    </row>
+    <row r="69" spans="2:35" ht="3.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B69" s="36"/>
+      <c r="D69" s="36"/>
+    </row>
+    <row r="70" spans="2:35" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B70" s="36"/>
+      <c r="D70" s="36"/>
+    </row>
+    <row r="71" spans="2:35" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B71" s="36"/>
+      <c r="D71" s="36"/>
+    </row>
+    <row r="72" spans="2:35" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B72" s="36"/>
+      <c r="D72" s="36"/>
+    </row>
+    <row r="73" spans="2:35" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B73" s="36"/>
+      <c r="D73" s="36"/>
+    </row>
+    <row r="74" spans="2:35" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B74" s="36"/>
+      <c r="D74" s="36"/>
+    </row>
+    <row r="75" spans="2:35" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B75" s="36"/>
+      <c r="D75" s="36"/>
+    </row>
+    <row r="76" spans="2:35" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B76" s="36"/>
+      <c r="D76" s="36"/>
+    </row>
+    <row r="77" spans="2:35" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B77" s="36"/>
+      <c r="W77" s="32"/>
+      <c r="X77" s="32"/>
+      <c r="Y77" s="32"/>
+      <c r="Z77" s="32"/>
+      <c r="AA77" s="32"/>
+      <c r="AB77" s="32"/>
+      <c r="AC77" s="32"/>
+      <c r="AD77" s="32"/>
+      <c r="AE77" s="32"/>
+      <c r="AF77" s="32"/>
+      <c r="AG77" s="32"/>
+      <c r="AH77" s="32"/>
+      <c r="AI77" s="32"/>
+    </row>
+    <row r="78" spans="2:35" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B78" s="36"/>
+      <c r="D78" s="70"/>
+      <c r="E78" s="70"/>
+      <c r="F78" s="70"/>
+      <c r="G78" s="70"/>
+      <c r="H78" s="70"/>
+      <c r="I78" s="70"/>
+      <c r="J78" s="70"/>
+      <c r="K78" s="70"/>
+      <c r="L78" s="70"/>
+      <c r="M78" s="70"/>
+      <c r="N78" s="70"/>
+      <c r="O78" s="70"/>
+      <c r="P78" s="70"/>
+      <c r="Q78" s="70"/>
+      <c r="R78" s="70"/>
+      <c r="S78" s="70"/>
+      <c r="T78" s="70"/>
+      <c r="U78" s="70"/>
+      <c r="V78" s="70"/>
+      <c r="W78" s="70"/>
+      <c r="X78" s="70"/>
+      <c r="Y78" s="70"/>
+      <c r="Z78" s="70"/>
+      <c r="AA78" s="70"/>
+      <c r="AB78" s="70"/>
+      <c r="AC78" s="70"/>
+      <c r="AD78" s="70"/>
+      <c r="AE78" s="70"/>
+      <c r="AF78" s="70"/>
+      <c r="AG78" s="70"/>
+      <c r="AH78" s="70"/>
+      <c r="AI78" s="70"/>
+    </row>
+    <row r="79" spans="2:35" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B79" s="36"/>
+      <c r="D79" s="70"/>
+      <c r="E79" s="70"/>
+      <c r="F79" s="70"/>
+      <c r="G79" s="70"/>
+      <c r="H79" s="70"/>
+      <c r="I79" s="70"/>
+      <c r="J79" s="70"/>
+      <c r="K79" s="70"/>
+      <c r="L79" s="70"/>
+      <c r="M79" s="70"/>
+      <c r="N79" s="70"/>
+      <c r="O79" s="70"/>
+      <c r="P79" s="70"/>
+      <c r="Q79" s="70"/>
+      <c r="R79" s="70"/>
+      <c r="S79" s="70"/>
+      <c r="T79" s="70"/>
+      <c r="U79" s="70"/>
+      <c r="V79" s="70"/>
+      <c r="W79" s="70"/>
+      <c r="X79" s="70"/>
+      <c r="Y79" s="70"/>
+      <c r="Z79" s="70"/>
+      <c r="AA79" s="70"/>
+      <c r="AB79" s="70"/>
+      <c r="AC79" s="70"/>
+      <c r="AD79" s="70"/>
+      <c r="AE79" s="70"/>
+      <c r="AF79" s="70"/>
+      <c r="AG79" s="70"/>
+      <c r="AH79" s="70"/>
+      <c r="AI79" s="70"/>
+    </row>
+    <row r="80" spans="2:35" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B80" s="36"/>
+      <c r="D80" s="70"/>
+      <c r="E80" s="70"/>
+      <c r="F80" s="70"/>
+      <c r="G80" s="70"/>
+      <c r="H80" s="70"/>
+      <c r="I80" s="70"/>
+      <c r="J80" s="70"/>
+      <c r="K80" s="70"/>
+      <c r="L80" s="70"/>
+      <c r="M80" s="70"/>
+      <c r="N80" s="70"/>
+      <c r="O80" s="70"/>
+      <c r="P80" s="70"/>
+      <c r="Q80" s="70"/>
+      <c r="R80" s="70"/>
+      <c r="S80" s="70"/>
+      <c r="T80" s="70"/>
+      <c r="U80" s="70"/>
+      <c r="V80" s="70"/>
+      <c r="W80" s="70"/>
+      <c r="X80" s="70"/>
+      <c r="Y80" s="70"/>
+      <c r="Z80" s="70"/>
+      <c r="AA80" s="70"/>
+      <c r="AB80" s="70"/>
+      <c r="AC80" s="70"/>
+      <c r="AD80" s="70"/>
+      <c r="AE80" s="70"/>
+      <c r="AF80" s="70"/>
+      <c r="AG80" s="70"/>
+      <c r="AH80" s="70"/>
+      <c r="AI80" s="70"/>
+    </row>
+    <row r="81" spans="2:35" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B81" s="36"/>
+      <c r="D81" s="70"/>
+      <c r="E81" s="70"/>
+      <c r="F81" s="70"/>
+      <c r="G81" s="70"/>
+      <c r="H81" s="70"/>
+      <c r="I81" s="70"/>
+      <c r="J81" s="70"/>
+      <c r="K81" s="70"/>
+      <c r="L81" s="70"/>
+      <c r="M81" s="70"/>
+      <c r="N81" s="70"/>
+      <c r="O81" s="70"/>
+      <c r="P81" s="70"/>
+      <c r="Q81" s="70"/>
+      <c r="R81" s="70"/>
+      <c r="S81" s="70"/>
+      <c r="T81" s="70"/>
+      <c r="U81" s="70"/>
+      <c r="V81" s="70"/>
+      <c r="W81" s="70"/>
+      <c r="X81" s="70"/>
+      <c r="Y81" s="70"/>
+      <c r="Z81" s="70"/>
+      <c r="AA81" s="70"/>
+      <c r="AB81" s="70"/>
+      <c r="AC81" s="70"/>
+      <c r="AD81" s="70"/>
+      <c r="AE81" s="70"/>
+      <c r="AF81" s="70"/>
+      <c r="AG81" s="70"/>
+      <c r="AH81" s="70"/>
+      <c r="AI81" s="70"/>
+    </row>
+    <row r="82" spans="2:35" ht="15.75" hidden="1" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="B82" s="37"/>
+      <c r="D82" s="70"/>
+      <c r="E82" s="70"/>
+      <c r="F82" s="70"/>
+      <c r="G82" s="70"/>
+      <c r="H82" s="70"/>
+      <c r="I82" s="70"/>
+      <c r="J82" s="70"/>
+      <c r="K82" s="70"/>
+      <c r="L82" s="70"/>
+      <c r="M82" s="70"/>
+      <c r="N82" s="70"/>
+      <c r="O82" s="70"/>
+      <c r="P82" s="70"/>
+      <c r="Q82" s="70"/>
+      <c r="R82" s="70"/>
+      <c r="S82" s="70"/>
+      <c r="T82" s="70"/>
+      <c r="U82" s="70"/>
+      <c r="V82" s="70"/>
+      <c r="W82" s="70"/>
+      <c r="X82" s="70"/>
+      <c r="Y82" s="70"/>
+      <c r="Z82" s="70"/>
+      <c r="AA82" s="70"/>
+      <c r="AB82" s="70"/>
+      <c r="AC82" s="70"/>
+      <c r="AD82" s="70"/>
+      <c r="AE82" s="70"/>
+      <c r="AF82" s="70"/>
+      <c r="AG82" s="70"/>
+      <c r="AH82" s="70"/>
+      <c r="AI82" s="70"/>
+    </row>
+    <row r="83" spans="2:35" s="70" customFormat="1" ht="12.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="G83" s="70" t="s">
+        <v>36</v>
+      </c>
+      <c r="Q83" s="117" t="b">
+        <v>1</v>
+      </c>
+      <c r="R83" s="117"/>
+    </row>
+    <row r="84" spans="2:35" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="85" spans="2:35" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="86" spans="2:35" s="70" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="D86" s="80"/>
+      <c r="E86" s="80"/>
+      <c r="F86" s="80"/>
+      <c r="G86" s="80" t="s">
+        <v>12</v>
+      </c>
+      <c r="H86" s="80"/>
+      <c r="I86" s="80"/>
+      <c r="J86" s="80"/>
+      <c r="K86" s="80"/>
+      <c r="L86" s="80"/>
+      <c r="M86" s="80"/>
+      <c r="N86" s="117" t="b">
+        <v>1</v>
+      </c>
+      <c r="O86" s="117"/>
+      <c r="P86" s="117"/>
+      <c r="Q86" s="117"/>
+      <c r="R86" s="117"/>
+      <c r="S86" s="117"/>
+      <c r="T86" s="80"/>
+      <c r="U86" s="80"/>
+    </row>
+    <row r="87" spans="2:35" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="88" spans="2:35" s="70" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="B88" s="70" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="89" spans="2:35" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="90" spans="2:35" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="91" spans="2:35" s="70" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="B91" s="80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" s="80"/>
+    </row>
+    <row r="92" spans="2:35" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="93" spans="2:35" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="94" spans="2:35" s="70" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="AI94" s="81" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="95" spans="2:35" s="70" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="96" spans="2:35" s="70" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="D96" s="68"/>
+      <c r="E96" s="68"/>
+      <c r="F96" s="68"/>
+      <c r="G96" s="68"/>
+      <c r="H96" s="68"/>
+      <c r="I96" s="68"/>
+      <c r="J96" s="68"/>
+      <c r="K96" s="68"/>
+      <c r="L96" s="68"/>
+      <c r="M96" s="68"/>
+      <c r="N96" s="68"/>
+      <c r="O96" s="68"/>
+      <c r="P96" s="68"/>
+      <c r="Q96" s="68"/>
+      <c r="R96" s="68"/>
+      <c r="S96" s="68"/>
+      <c r="T96" s="68"/>
+      <c r="U96" s="68"/>
+      <c r="V96" s="68"/>
+      <c r="W96" s="68"/>
+      <c r="X96" s="68"/>
+      <c r="Y96" s="68"/>
+      <c r="Z96" s="68"/>
+      <c r="AA96" s="68"/>
+      <c r="AB96" s="68"/>
+      <c r="AC96" s="68"/>
+      <c r="AD96" s="68"/>
+      <c r="AE96" s="68"/>
+      <c r="AF96" s="68"/>
+      <c r="AG96" s="68"/>
+      <c r="AH96" s="68"/>
+      <c r="AI96" s="68"/>
+    </row>
+    <row r="97" spans="4:35" s="70" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="D97" s="2"/>
+      <c r="E97" s="2"/>
+      <c r="F97" s="2"/>
+      <c r="G97" s="2"/>
+      <c r="H97" s="2"/>
+      <c r="I97" s="2"/>
+      <c r="J97" s="2"/>
+      <c r="K97" s="2"/>
+      <c r="L97" s="2"/>
+      <c r="M97" s="2"/>
+      <c r="N97" s="2"/>
+      <c r="O97" s="2"/>
+      <c r="P97" s="2"/>
+      <c r="Q97" s="2"/>
+      <c r="R97" s="2"/>
+      <c r="S97" s="2"/>
+      <c r="T97" s="2"/>
+      <c r="U97" s="2"/>
+      <c r="V97" s="2"/>
+      <c r="W97" s="2"/>
+      <c r="X97" s="2"/>
+      <c r="Y97" s="2"/>
+      <c r="Z97" s="2"/>
+      <c r="AA97" s="2"/>
+      <c r="AB97" s="2"/>
+      <c r="AC97" s="2"/>
+      <c r="AD97" s="2"/>
+      <c r="AE97" s="2"/>
+      <c r="AF97" s="2"/>
+      <c r="AG97" s="2"/>
+      <c r="AH97" s="2"/>
+      <c r="AI97" s="2"/>
+    </row>
+    <row r="98" spans="4:35" s="70" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="D98" s="68"/>
+      <c r="E98" s="68"/>
+      <c r="F98" s="68"/>
+      <c r="G98" s="68"/>
+      <c r="H98" s="68"/>
+      <c r="I98" s="68"/>
+      <c r="J98" s="68"/>
+      <c r="K98" s="68"/>
+      <c r="L98" s="68"/>
+      <c r="M98" s="68"/>
+      <c r="N98" s="68"/>
+      <c r="O98" s="68"/>
+      <c r="P98" s="68"/>
+      <c r="Q98" s="68"/>
+      <c r="R98" s="68"/>
+      <c r="S98" s="68"/>
+      <c r="T98" s="68"/>
+      <c r="U98" s="68"/>
+      <c r="V98" s="68"/>
+      <c r="W98" s="68"/>
+      <c r="X98" s="68"/>
+      <c r="Y98" s="68"/>
+      <c r="Z98" s="68"/>
+      <c r="AA98" s="68"/>
+      <c r="AB98" s="68"/>
+      <c r="AC98" s="68"/>
+      <c r="AD98" s="68"/>
+      <c r="AE98" s="68"/>
+      <c r="AF98" s="68"/>
+      <c r="AG98" s="68"/>
+      <c r="AH98" s="68"/>
+      <c r="AI98" s="68"/>
+    </row>
+    <row r="99" spans="4:35" s="70" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="D99" s="68"/>
+      <c r="E99" s="68"/>
+      <c r="F99" s="68"/>
+      <c r="G99" s="68"/>
+      <c r="H99" s="68"/>
+      <c r="I99" s="68"/>
+      <c r="J99" s="68"/>
+      <c r="K99" s="68"/>
+      <c r="L99" s="68"/>
+      <c r="M99" s="68"/>
+      <c r="N99" s="68"/>
+      <c r="O99" s="68"/>
+      <c r="P99" s="68"/>
+      <c r="Q99" s="68"/>
+      <c r="R99" s="68"/>
+      <c r="S99" s="68"/>
+      <c r="T99" s="68"/>
+      <c r="U99" s="68"/>
+      <c r="V99" s="68"/>
+      <c r="W99" s="68"/>
+      <c r="X99" s="68"/>
+      <c r="Y99" s="68"/>
+      <c r="Z99" s="68"/>
+      <c r="AA99" s="68"/>
+      <c r="AB99" s="68"/>
+      <c r="AC99" s="68"/>
+      <c r="AD99" s="68"/>
+      <c r="AE99" s="68"/>
+      <c r="AF99" s="68"/>
+      <c r="AG99" s="68"/>
+      <c r="AH99" s="68"/>
+      <c r="AI99" s="68"/>
+    </row>
+    <row r="100" spans="4:35" s="70" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="D100" s="2"/>
+      <c r="E100" s="2"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="2"/>
+      <c r="H100" s="2"/>
+      <c r="I100" s="2"/>
+      <c r="J100" s="2"/>
+      <c r="K100" s="2"/>
+      <c r="L100" s="2"/>
+      <c r="M100" s="2"/>
+      <c r="N100" s="2"/>
+      <c r="O100" s="2"/>
+      <c r="P100" s="2"/>
+      <c r="Q100" s="2"/>
+      <c r="R100" s="2"/>
+      <c r="S100" s="2"/>
+      <c r="T100" s="2"/>
+      <c r="U100" s="2"/>
+      <c r="V100" s="2"/>
+      <c r="W100" s="2"/>
+      <c r="X100" s="2"/>
+      <c r="Y100" s="2"/>
+      <c r="Z100" s="2"/>
+      <c r="AA100" s="2"/>
+      <c r="AB100" s="2"/>
+      <c r="AC100" s="2"/>
+      <c r="AD100" s="2"/>
+      <c r="AE100" s="2"/>
+      <c r="AF100" s="2"/>
+      <c r="AG100" s="2"/>
+      <c r="AH100" s="2"/>
+      <c r="AI100" s="2"/>
+    </row>
+    <row r="101" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="102" spans="4:35" x14ac:dyDescent="0.15">
+      <c r="D102" s="68"/>
+      <c r="E102" s="68"/>
+      <c r="F102" s="68"/>
+      <c r="G102" s="68"/>
+      <c r="H102" s="68"/>
+      <c r="I102" s="68"/>
+      <c r="J102" s="68"/>
+      <c r="K102" s="68"/>
+      <c r="L102" s="68"/>
+      <c r="M102" s="68"/>
+      <c r="N102" s="68"/>
+      <c r="O102" s="68"/>
+      <c r="P102" s="68"/>
+      <c r="Q102" s="68"/>
+      <c r="R102" s="68"/>
+      <c r="S102" s="68"/>
+      <c r="T102" s="68"/>
+      <c r="U102" s="68"/>
+      <c r="V102" s="68"/>
+      <c r="W102" s="68"/>
+      <c r="X102" s="68"/>
+      <c r="Y102" s="68"/>
+      <c r="Z102" s="68"/>
+      <c r="AA102" s="68"/>
+      <c r="AB102" s="68"/>
+      <c r="AC102" s="68"/>
+      <c r="AD102" s="68"/>
+      <c r="AE102" s="68"/>
+      <c r="AF102" s="68"/>
+      <c r="AG102" s="68"/>
+      <c r="AH102" s="68"/>
+      <c r="AI102" s="68"/>
+    </row>
+    <row r="103" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="104" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="105" spans="4:35" x14ac:dyDescent="0.15">
+      <c r="D105" s="68"/>
+      <c r="E105" s="68"/>
+      <c r="F105" s="68"/>
+      <c r="G105" s="68"/>
+      <c r="H105" s="68"/>
+      <c r="I105" s="68"/>
+      <c r="J105" s="68"/>
+      <c r="K105" s="68"/>
+      <c r="L105" s="68"/>
+      <c r="M105" s="68"/>
+      <c r="N105" s="68"/>
+      <c r="O105" s="68"/>
+      <c r="P105" s="68"/>
+      <c r="Q105" s="68"/>
+      <c r="R105" s="68"/>
+      <c r="S105" s="68"/>
+      <c r="T105" s="68"/>
+      <c r="U105" s="68"/>
+      <c r="V105" s="68"/>
+      <c r="W105" s="68"/>
+      <c r="X105" s="68"/>
+      <c r="Y105" s="68"/>
+      <c r="Z105" s="68"/>
+      <c r="AA105" s="68"/>
+      <c r="AB105" s="68"/>
+      <c r="AC105" s="68"/>
+      <c r="AD105" s="68"/>
+      <c r="AE105" s="68"/>
+      <c r="AF105" s="68"/>
+      <c r="AG105" s="68"/>
+      <c r="AH105" s="68"/>
+      <c r="AI105" s="68"/>
+    </row>
+    <row r="106" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="107" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="108" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="AI108" s="69"/>
+    </row>
+    <row r="109" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="D109" s="70"/>
+      <c r="E109" s="70"/>
+      <c r="F109" s="70"/>
+      <c r="G109" s="70"/>
+      <c r="H109" s="70"/>
+      <c r="I109" s="70"/>
+      <c r="J109" s="70"/>
+      <c r="K109" s="70"/>
+      <c r="L109" s="70"/>
+      <c r="M109" s="70"/>
+      <c r="N109" s="70"/>
+      <c r="O109" s="70"/>
+      <c r="P109" s="70"/>
+      <c r="Q109" s="70"/>
+      <c r="R109" s="70"/>
+      <c r="S109" s="70"/>
+      <c r="T109" s="70"/>
+      <c r="U109" s="70"/>
+      <c r="V109" s="70"/>
+      <c r="W109" s="70"/>
+      <c r="X109" s="70"/>
+      <c r="Y109" s="70"/>
+      <c r="Z109" s="70"/>
+      <c r="AA109" s="70"/>
+      <c r="AB109" s="70"/>
+      <c r="AC109" s="70"/>
+      <c r="AD109" s="70"/>
+      <c r="AE109" s="70"/>
+      <c r="AF109" s="70"/>
+      <c r="AG109" s="70"/>
+      <c r="AH109" s="70"/>
+      <c r="AI109" s="70"/>
+    </row>
+    <row r="110" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="111" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="112" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="113" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="114" spans="4:35" s="70" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="D114" s="68"/>
+      <c r="E114" s="68"/>
+      <c r="F114" s="68"/>
+      <c r="G114" s="68"/>
+      <c r="H114" s="68"/>
+      <c r="I114" s="68"/>
+      <c r="J114" s="68"/>
+      <c r="K114" s="68"/>
+      <c r="L114" s="68"/>
+      <c r="M114" s="68"/>
+      <c r="N114" s="68"/>
+      <c r="O114" s="68"/>
+      <c r="P114" s="68"/>
+      <c r="Q114" s="68"/>
+      <c r="R114" s="68"/>
+      <c r="S114" s="68"/>
+      <c r="T114" s="68"/>
+      <c r="U114" s="68"/>
+      <c r="V114" s="68"/>
+      <c r="W114" s="68"/>
+      <c r="X114" s="68"/>
+      <c r="Y114" s="68"/>
+      <c r="Z114" s="68"/>
+      <c r="AA114" s="68"/>
+      <c r="AB114" s="68"/>
+      <c r="AC114" s="68"/>
+      <c r="AD114" s="68"/>
+      <c r="AE114" s="68"/>
+      <c r="AF114" s="68"/>
+      <c r="AG114" s="68"/>
+      <c r="AH114" s="68"/>
+      <c r="AI114" s="68"/>
+    </row>
+    <row r="115" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="116" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="117" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15"/>
+    <row r="118" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="D118" s="2"/>
+      <c r="E118" s="2"/>
+      <c r="F118" s="2"/>
+      <c r="G118" s="2"/>
+      <c r="H118" s="2"/>
+      <c r="I118" s="2"/>
+      <c r="J118" s="2"/>
+      <c r="K118" s="2"/>
+      <c r="L118" s="2"/>
+      <c r="M118" s="2"/>
+      <c r="N118" s="2"/>
+      <c r="O118" s="2"/>
+      <c r="P118" s="2"/>
+      <c r="Q118" s="2"/>
+      <c r="R118" s="2"/>
+      <c r="S118" s="2"/>
+      <c r="T118" s="2"/>
+      <c r="U118" s="2"/>
+      <c r="V118" s="2"/>
+      <c r="W118" s="2"/>
+      <c r="X118" s="2"/>
+      <c r="Y118" s="2"/>
+      <c r="Z118" s="2"/>
+      <c r="AA118" s="2"/>
+      <c r="AB118" s="2"/>
+      <c r="AC118" s="2"/>
+      <c r="AD118" s="2"/>
+      <c r="AE118" s="2"/>
+      <c r="AF118" s="2"/>
+      <c r="AG118" s="2"/>
+      <c r="AH118" s="2"/>
+      <c r="AI118" s="2"/>
+    </row>
+    <row r="119" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="D119" s="2"/>
+      <c r="E119" s="2"/>
+      <c r="F119" s="2"/>
+      <c r="G119" s="2"/>
+      <c r="H119" s="2"/>
+      <c r="I119" s="2"/>
+      <c r="J119" s="2"/>
+      <c r="K119" s="2"/>
+      <c r="L119" s="2"/>
+      <c r="M119" s="2"/>
+      <c r="N119" s="2"/>
+      <c r="O119" s="2"/>
+      <c r="P119" s="2"/>
+      <c r="Q119" s="2"/>
+      <c r="R119" s="2"/>
+      <c r="S119" s="2"/>
+      <c r="T119" s="2"/>
+      <c r="U119" s="2"/>
+      <c r="V119" s="2"/>
+      <c r="W119" s="2"/>
+      <c r="X119" s="2"/>
+      <c r="Y119" s="2"/>
+      <c r="Z119" s="2"/>
+      <c r="AA119" s="2"/>
+      <c r="AB119" s="2"/>
+      <c r="AC119" s="2"/>
+      <c r="AD119" s="2"/>
+      <c r="AE119" s="2"/>
+      <c r="AF119" s="2"/>
+      <c r="AG119" s="2"/>
+      <c r="AH119" s="2"/>
+      <c r="AI119" s="2"/>
+    </row>
+    <row r="120" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="D120" s="2"/>
+      <c r="E120" s="2"/>
+      <c r="F120" s="2"/>
+      <c r="G120" s="2"/>
+      <c r="H120" s="2"/>
+      <c r="I120" s="2"/>
+      <c r="J120" s="2"/>
+      <c r="K120" s="2"/>
+      <c r="L120" s="2"/>
+      <c r="M120" s="2"/>
+      <c r="N120" s="2"/>
+      <c r="O120" s="2"/>
+      <c r="P120" s="2"/>
+      <c r="Q120" s="2"/>
+      <c r="R120" s="2"/>
+      <c r="S120" s="2"/>
+      <c r="T120" s="2"/>
+      <c r="U120" s="2"/>
+      <c r="V120" s="2"/>
+      <c r="W120" s="2"/>
+      <c r="X120" s="2"/>
+      <c r="Y120" s="2"/>
+      <c r="Z120" s="2"/>
+      <c r="AA120" s="2"/>
+      <c r="AB120" s="2"/>
+      <c r="AC120" s="2"/>
+      <c r="AD120" s="2"/>
+      <c r="AE120" s="2"/>
+      <c r="AF120" s="2"/>
+      <c r="AG120" s="2"/>
+      <c r="AH120" s="2"/>
+      <c r="AI120" s="2"/>
+    </row>
+    <row r="121" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="D121" s="2"/>
+      <c r="E121" s="2"/>
+      <c r="F121" s="2"/>
+      <c r="G121" s="2"/>
+      <c r="H121" s="2"/>
+      <c r="I121" s="2"/>
+      <c r="J121" s="2"/>
+      <c r="K121" s="2"/>
+      <c r="L121" s="2"/>
+      <c r="M121" s="2"/>
+      <c r="N121" s="2"/>
+      <c r="O121" s="2"/>
+      <c r="P121" s="2"/>
+      <c r="Q121" s="2"/>
+      <c r="R121" s="2"/>
+      <c r="S121" s="2"/>
+      <c r="T121" s="2"/>
+      <c r="U121" s="2"/>
+      <c r="V121" s="2"/>
+      <c r="W121" s="2"/>
+      <c r="X121" s="2"/>
+      <c r="Y121" s="2"/>
+      <c r="Z121" s="2"/>
+      <c r="AA121" s="2"/>
+      <c r="AB121" s="2"/>
+      <c r="AC121" s="2"/>
+      <c r="AD121" s="2"/>
+      <c r="AE121" s="2"/>
+      <c r="AF121" s="2"/>
+      <c r="AG121" s="2"/>
+      <c r="AH121" s="2"/>
+      <c r="AI121" s="2"/>
+    </row>
+    <row r="122" spans="4:35" s="68" customFormat="1" x14ac:dyDescent="0.15">
+      <c r="D122" s="2"/>
+      <c r="E122" s="2"/>
+      <c r="F122" s="2"/>
+      <c r="G122" s="2"/>
+      <c r="H122" s="2"/>
+      <c r="I122" s="2"/>
+      <c r="J122" s="2"/>
+      <c r="K122" s="2"/>
+      <c r="L122" s="2"/>
+      <c r="M122" s="2"/>
+      <c r="N122" s="2"/>
+      <c r="O122" s="2"/>
+      <c r="P122" s="2"/>
+      <c r="Q122" s="2"/>
+      <c r="R122" s="2"/>
+      <c r="S122" s="2"/>
+      <c r="T122" s="2"/>
+      <c r="U122" s="2"/>
+      <c r="V122" s="2"/>
+      <c r="W122" s="2"/>
+      <c r="X122" s="2"/>
+      <c r="Y122" s="2"/>
+      <c r="Z122" s="2"/>
+      <c r="AA122" s="2"/>
+      <c r="AB122" s="2"/>
+      <c r="AC122" s="2"/>
+      <c r="AD122" s="2"/>
+      <c r="AE122" s="2"/>
+      <c r="AF122" s="2"/>
+      <c r="AG122" s="2"/>
+      <c r="AH122" s="2"/>
+      <c r="AI122" s="2"/>
+    </row>
+    <row r="129" spans="35:35" x14ac:dyDescent="0.15">
+      <c r="AI129" s="63" t="s">
+        <v>30</v>
+      </c>
+    </row>
+  </sheetData>
+  <sheetProtection selectLockedCells="1"/>
+  <protectedRanges>
+    <protectedRange sqref="E27:E41 V27:V41 N27:O41 V45:V54 N45:O54 E45:E54 V58:V67 N58:O67 E58:E67" name="範囲1_3"/>
+  </protectedRanges>
+  <mergeCells count="167">
+    <mergeCell ref="AC44:AH44"/>
+    <mergeCell ref="AC45:AH45"/>
+    <mergeCell ref="Y45:AB45"/>
+    <mergeCell ref="Y67:AH67"/>
+    <mergeCell ref="Y46:AB46"/>
+    <mergeCell ref="Y59:AH59"/>
+    <mergeCell ref="Y60:AH60"/>
+    <mergeCell ref="Y61:AH61"/>
+    <mergeCell ref="Y62:AH62"/>
+    <mergeCell ref="Y63:AH63"/>
+    <mergeCell ref="Y64:AH64"/>
+    <mergeCell ref="Y65:AH65"/>
+    <mergeCell ref="Y66:AH66"/>
+    <mergeCell ref="AC46:AH46"/>
+    <mergeCell ref="AC47:AH47"/>
+    <mergeCell ref="AC48:AH48"/>
+    <mergeCell ref="AC49:AH49"/>
+    <mergeCell ref="AC50:AH50"/>
+    <mergeCell ref="Y58:AH58"/>
+    <mergeCell ref="AA2:AD2"/>
+    <mergeCell ref="Q26:X26"/>
+    <mergeCell ref="Q44:X44"/>
+    <mergeCell ref="Y44:AB44"/>
+    <mergeCell ref="E28:M28"/>
+    <mergeCell ref="N28:P28"/>
+    <mergeCell ref="Q28:X28"/>
+    <mergeCell ref="E27:M27"/>
+    <mergeCell ref="N27:P27"/>
+    <mergeCell ref="Q27:X27"/>
+    <mergeCell ref="E30:M30"/>
+    <mergeCell ref="N30:P30"/>
+    <mergeCell ref="Q30:X30"/>
+    <mergeCell ref="E29:M29"/>
+    <mergeCell ref="N29:P29"/>
+    <mergeCell ref="Q29:X29"/>
+    <mergeCell ref="E32:M32"/>
+    <mergeCell ref="N32:P32"/>
+    <mergeCell ref="Q32:X32"/>
+    <mergeCell ref="E31:M31"/>
+    <mergeCell ref="N31:P31"/>
+    <mergeCell ref="Q31:X31"/>
+    <mergeCell ref="E34:M34"/>
+    <mergeCell ref="N34:P34"/>
+    <mergeCell ref="N86:S86"/>
+    <mergeCell ref="E64:M64"/>
+    <mergeCell ref="N64:P64"/>
+    <mergeCell ref="Q64:X64"/>
+    <mergeCell ref="E41:M41"/>
+    <mergeCell ref="N41:P41"/>
+    <mergeCell ref="Q41:X41"/>
+    <mergeCell ref="E35:M35"/>
+    <mergeCell ref="N35:P35"/>
+    <mergeCell ref="Q35:X35"/>
+    <mergeCell ref="E38:M38"/>
+    <mergeCell ref="N38:P38"/>
+    <mergeCell ref="Q38:X38"/>
+    <mergeCell ref="E40:M40"/>
+    <mergeCell ref="N40:P40"/>
+    <mergeCell ref="Q40:X40"/>
+    <mergeCell ref="E39:M39"/>
+    <mergeCell ref="N39:P39"/>
+    <mergeCell ref="Q39:X39"/>
+    <mergeCell ref="E37:M37"/>
+    <mergeCell ref="N37:P37"/>
+    <mergeCell ref="Q37:X37"/>
+    <mergeCell ref="E45:M45"/>
+    <mergeCell ref="N45:P45"/>
+    <mergeCell ref="Q83:R83"/>
+    <mergeCell ref="Y47:AB47"/>
+    <mergeCell ref="Y48:AB48"/>
+    <mergeCell ref="Y49:AB49"/>
+    <mergeCell ref="Y50:AB50"/>
+    <mergeCell ref="Y51:AB51"/>
+    <mergeCell ref="Y52:AB52"/>
+    <mergeCell ref="Y53:AB53"/>
+    <mergeCell ref="E26:M26"/>
+    <mergeCell ref="N26:P26"/>
+    <mergeCell ref="Q34:X34"/>
+    <mergeCell ref="E33:M33"/>
+    <mergeCell ref="N33:P33"/>
+    <mergeCell ref="Q33:X33"/>
+    <mergeCell ref="Q45:X45"/>
+    <mergeCell ref="E44:M44"/>
+    <mergeCell ref="N44:P44"/>
+    <mergeCell ref="Y26:AH26"/>
+    <mergeCell ref="Y27:AH27"/>
+    <mergeCell ref="Y28:AH28"/>
+    <mergeCell ref="Y29:AH29"/>
+    <mergeCell ref="Y30:AH30"/>
+    <mergeCell ref="Y31:AH31"/>
+    <mergeCell ref="Y32:AH32"/>
+    <mergeCell ref="E50:M50"/>
+    <mergeCell ref="N50:P50"/>
+    <mergeCell ref="Q50:X50"/>
+    <mergeCell ref="Q61:X61"/>
+    <mergeCell ref="E59:M59"/>
+    <mergeCell ref="N59:P59"/>
+    <mergeCell ref="Q59:X59"/>
+    <mergeCell ref="B4:AF4"/>
+    <mergeCell ref="E36:M36"/>
+    <mergeCell ref="N36:P36"/>
+    <mergeCell ref="Q36:X36"/>
+    <mergeCell ref="AC51:AH51"/>
+    <mergeCell ref="AC52:AH52"/>
+    <mergeCell ref="AC53:AH53"/>
+    <mergeCell ref="AC54:AH54"/>
+    <mergeCell ref="Y33:AH33"/>
+    <mergeCell ref="Y34:AH34"/>
+    <mergeCell ref="Y35:AH35"/>
+    <mergeCell ref="Y36:AH36"/>
+    <mergeCell ref="Y37:AH37"/>
+    <mergeCell ref="Y38:AH38"/>
+    <mergeCell ref="Y39:AH39"/>
+    <mergeCell ref="Y40:AH40"/>
+    <mergeCell ref="Y41:AH41"/>
+    <mergeCell ref="E47:M47"/>
+    <mergeCell ref="N47:P47"/>
+    <mergeCell ref="Q47:X47"/>
+    <mergeCell ref="E46:M46"/>
+    <mergeCell ref="N46:P46"/>
+    <mergeCell ref="Q46:X46"/>
+    <mergeCell ref="E49:M49"/>
+    <mergeCell ref="N49:P49"/>
+    <mergeCell ref="Q49:X49"/>
+    <mergeCell ref="E48:M48"/>
+    <mergeCell ref="N48:P48"/>
+    <mergeCell ref="Q48:X48"/>
+    <mergeCell ref="E57:M57"/>
+    <mergeCell ref="N57:P57"/>
+    <mergeCell ref="Q57:X57"/>
+    <mergeCell ref="Y54:AB54"/>
+    <mergeCell ref="E53:M53"/>
+    <mergeCell ref="N53:P53"/>
+    <mergeCell ref="Q53:X53"/>
+    <mergeCell ref="E51:M51"/>
+    <mergeCell ref="N51:P51"/>
+    <mergeCell ref="Q51:X51"/>
+    <mergeCell ref="N52:P52"/>
+    <mergeCell ref="Q52:X52"/>
+    <mergeCell ref="Y57:AH57"/>
+    <mergeCell ref="E54:M54"/>
+    <mergeCell ref="N54:P54"/>
+    <mergeCell ref="Q54:X54"/>
+    <mergeCell ref="E52:M52"/>
+    <mergeCell ref="E65:M65"/>
+    <mergeCell ref="N65:P65"/>
+    <mergeCell ref="Q65:X65"/>
+    <mergeCell ref="E63:M63"/>
+    <mergeCell ref="N63:P63"/>
+    <mergeCell ref="Q63:X63"/>
+    <mergeCell ref="E67:M67"/>
+    <mergeCell ref="N67:P67"/>
+    <mergeCell ref="Q67:X67"/>
+    <mergeCell ref="E66:M66"/>
+    <mergeCell ref="N66:P66"/>
+    <mergeCell ref="Q66:X66"/>
+    <mergeCell ref="E62:M62"/>
+    <mergeCell ref="N62:P62"/>
+    <mergeCell ref="Q62:X62"/>
+    <mergeCell ref="E60:M60"/>
+    <mergeCell ref="N60:P60"/>
+    <mergeCell ref="Q60:X60"/>
+    <mergeCell ref="E58:M58"/>
+    <mergeCell ref="N58:P58"/>
+    <mergeCell ref="Q58:X58"/>
+    <mergeCell ref="E61:M61"/>
+    <mergeCell ref="N61:P61"/>
+  </mergeCells>
+  <phoneticPr fontId="3"/>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Y45:Y54" xr:uid="{FC1E5EAC-39CD-4D74-8472-0C545395D43C}">
+      <formula1>"スケールアップ,スケールアウト"</formula1>
+    </dataValidation>
+  </dataValidations>
+  <printOptions horizontalCentered="1"/>
+  <pageMargins left="3.937007874015748E-2" right="3.937007874015748E-2" top="7.874015748031496E-2" bottom="0" header="0.23622047244094491" footer="0"/>
+  <pageSetup paperSize="9" scale="92" orientation="portrait" cellComments="asDisplayed" r:id="rId1"/>
+  <headerFooter>
+    <oddHeader>&amp;R　　　　　　　　</oddHeader>
+    <oddFooter xml:space="preserve">&amp;R
+</oddFooter>
+  </headerFooter>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>名前付き一覧</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>バージョンアップ申請書</vt:lpstr>
+      <vt:lpstr>DataSpider Ver.5へのバージョンアップ</vt:lpstr>
+      <vt:lpstr>'DataSpider Ver.5へのバージョンアップ'!Print_Area</vt:lpstr>
       <vt:lpstr>バージョンアップ申請書!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator/>
+  <dc:creator>前田 朋子</dc:creator>
+  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>